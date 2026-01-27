--- v1 (2025-12-05)
+++ v2 (2026-01-27)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FD5298E3-150F-4D17-A2B5-A5A5AC53AF7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8724AA5B-290A-4EC2-8969-9C4DF2BC689A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{205A31DE-399F-4614-8263-4FD27C565640}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{80C901CA-BC61-400C-A2D8-1B7181ABD910}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-139463" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-139463'!$A$1:$N$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{A090FB8A-3E1B-428D-B12C-8CB9B326572C}" keepAlive="1" name="Query - title-list-139463" description="Connection to the 'title-list-139463' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{5EB14277-4D08-497E-8993-765E7E490C37}" keepAlive="1" name="Query - title-list-139463" description="Connection to the 'title-list-139463' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-139463;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-139463]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="189">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[2264291]</t>
   </si>
   <si>
     <t>Resource Type[2264294]</t>
   </si>
   <si>
     <t>ISSN[2264300]</t>
   </si>
   <si>
     <t>OCLC[2264301]</t>
   </si>
   <si>
     <t>Place of Publication[2264302]</t>
   </si>
@@ -668,147 +668,147 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="13">
     <dxf>
       <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="0" formatCode="General"/>
+      <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{B3C91E83-E1D4-4DB8-B61D-4078AEE55BE8}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{C4DC99E2-B3F6-471E-8861-C3A78AE4C2AE}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="15">
     <queryTableFields count="14">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[2264291]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[2264294]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[2264300]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[2264301]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[2264302]" tableColumnId="6"/>
       <queryTableField id="7" name="Publisher[2264303]" tableColumnId="7"/>
       <queryTableField id="8" name="Frequency[2264304]" tableColumnId="8"/>
       <queryTableField id="9" name="Relation[2264305]" tableColumnId="9"/>
       <queryTableField id="10" name="Source Provided By[2264306]" tableColumnId="10"/>
       <queryTableField id="11" name="JSTOR URL" tableColumnId="11"/>
       <queryTableField id="12" name="Earliest Exact Date" tableColumnId="12"/>
       <queryTableField id="13" name="Latest Exact Date" tableColumnId="13"/>
       <queryTableField id="14" name="Coverage (Date Range)" tableColumnId="14"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A0F6E4D2-9F7A-4DAA-A31F-108BEF9454B6}" name="title_list_139463" displayName="title_list_139463" ref="A1:N26" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:N26" xr:uid="{A0F6E4D2-9F7A-4DAA-A31F-108BEF9454B6}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{5192B300-2C0B-472B-9DC3-99F1E0CC54B9}" name="title_list_139463" displayName="title_list_139463" ref="A1:N26" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:N26" xr:uid="{5192B300-2C0B-472B-9DC3-99F1E0CC54B9}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N26">
     <sortCondition ref="B1:B26"/>
   </sortState>
   <tableColumns count="14">
-    <tableColumn id="1" xr3:uid="{91AF1A9E-0179-47B1-A042-0D6C504EE814}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...12 lines deleted...]
-    <tableColumn id="14" xr3:uid="{DFB90689-2DD1-4BE7-A7B7-6552FBE40C5A}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{5D18A541-70DD-478B-AEE9-FEAE848A4902}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{8F1B851D-CF0A-47B1-973A-F2FF5312C002}" uniqueName="2" name="Name[2264291]" queryTableFieldId="2" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{583E40F7-1A4B-4A93-9EB6-8B74E6BB2B04}" uniqueName="3" name="Resource Type[2264294]" queryTableFieldId="3" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{4FD592AE-5922-4F79-AD5D-6EB1E73702FD}" uniqueName="4" name="ISSN[2264300]" queryTableFieldId="4" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{4C3A0EB9-585E-4488-A583-2FC5743EB01D}" uniqueName="5" name="OCLC[2264301]" queryTableFieldId="5" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{DEC0E744-5126-4E72-9009-361B1D49D56D}" uniqueName="6" name="Place of Publication[2264302]" queryTableFieldId="6" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{E42F7A29-B50A-4EEE-9ED9-240E2E3C3CC6}" uniqueName="7" name="Publisher[2264303]" queryTableFieldId="7" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{C301C72F-4E78-48CC-9934-E2D8AD13B9F9}" uniqueName="8" name="Frequency[2264304]" queryTableFieldId="8" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{38D87F48-9027-403A-B6A5-482CA015F19E}" uniqueName="9" name="Relation[2264305]" queryTableFieldId="9" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{464CF6BD-7AC2-4EC4-AD7B-B5FBDBC1A476}" uniqueName="10" name="Source Provided By[2264306]" queryTableFieldId="10" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{D3F86621-0CDD-451F-AF0E-00891EA8255A}" uniqueName="11" name="JSTOR URL" queryTableFieldId="11" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{A9E928E9-2159-485F-9295-15682CE102D6}" uniqueName="12" name="Earliest Exact Date" queryTableFieldId="12" dataDxfId="2"/>
+    <tableColumn id="13" xr3:uid="{8C2C6286-226A-4FF5-A311-BCD3A17CCB59}" uniqueName="13" name="Latest Exact Date" queryTableFieldId="13" dataDxfId="1"/>
+    <tableColumn id="14" xr3:uid="{4395D815-8136-471E-BC02-456B153F14DF}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1090,1234 +1090,1234 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD1E2E1F-65A2-4C84-9FF8-4FB31477CB5E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2F36BF6-AE94-4291-9B68-AE2150CCE678}">
   <dimension ref="A1:N26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="54.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.90625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="42.7265625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="53" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.453125" style="2" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="22.08984375" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="22.08984375" style="2" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="N1" t="s">
+      <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A2">
         <v>40038465</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="2">
         <v>27030</v>
       </c>
       <c r="M2" s="2">
         <v>27150</v>
       </c>
-      <c r="N2" s="1" t="s">
+      <c r="N2" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3">
         <v>39176710</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>112</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>113</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>114</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>117</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>118</v>
       </c>
       <c r="L3" s="2">
         <v>26166</v>
       </c>
       <c r="M3" s="2">
         <v>27638</v>
       </c>
-      <c r="N3" s="1" t="s">
+      <c r="N3" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4">
         <v>39499453</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>87</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>89</v>
       </c>
       <c r="L4" s="2">
         <v>13789</v>
       </c>
       <c r="M4" s="2">
         <v>17624</v>
       </c>
-      <c r="N4" s="1" t="s">
+      <c r="N4" s="2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5">
         <v>38613149</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>143</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>144</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>145</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>146</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>131</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>147</v>
       </c>
       <c r="L5" s="2">
         <v>-6034</v>
       </c>
       <c r="M5" s="2">
         <v>-5733</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="N5" s="2" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6">
         <v>40038466</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="L6" s="2">
         <v>25689</v>
       </c>
       <c r="M6" s="2">
         <v>25873</v>
       </c>
-      <c r="N6" s="1" t="s">
+      <c r="N6" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7">
         <v>40038467</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="L7" s="2">
         <v>26238</v>
       </c>
       <c r="M7" s="2">
         <v>26313</v>
       </c>
-      <c r="N7" s="1" t="s">
+      <c r="N7" s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8">
         <v>38624861</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>128</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>130</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>131</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J8" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>133</v>
       </c>
       <c r="L8" s="2">
         <v>6474</v>
       </c>
       <c r="M8" s="2">
         <v>28306</v>
       </c>
-      <c r="N8" s="1" t="s">
+      <c r="N8" s="2" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9">
         <v>38601130</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>158</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>159</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>160</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>161</v>
       </c>
       <c r="L9" s="2">
         <v>12389</v>
       </c>
       <c r="M9" s="2">
         <v>14397</v>
       </c>
-      <c r="N9" s="1" t="s">
+      <c r="N9" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10">
         <v>40038468</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="L10" s="2">
         <v>21064</v>
       </c>
       <c r="M10" s="2">
         <v>31413</v>
       </c>
-      <c r="N10" s="1" t="s">
+      <c r="N10" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11">
         <v>35467187</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>175</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>176</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>177</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>178</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>179</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>180</v>
       </c>
       <c r="L11" s="2">
         <v>25385</v>
       </c>
       <c r="M11" s="2">
         <v>26115</v>
       </c>
-      <c r="N11" s="1" t="s">
+      <c r="N11" s="2" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12">
         <v>35464091</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>183</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>184</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>185</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>186</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>187</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>179</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>188</v>
       </c>
       <c r="L12" s="2">
         <v>25934</v>
       </c>
       <c r="M12" s="2">
         <v>27760</v>
       </c>
-      <c r="N12" s="1" t="s">
+      <c r="N12" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13">
         <v>39731264</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J13" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>68</v>
       </c>
       <c r="L13" s="2">
         <v>25948</v>
       </c>
       <c r="M13" s="2">
         <v>27973</v>
       </c>
-      <c r="N13" s="1" t="s">
+      <c r="N13" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14">
         <v>39723203</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>72</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>73</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>74</v>
       </c>
       <c r="L14" s="2">
         <v>9802</v>
       </c>
       <c r="M14" s="2">
         <v>9802</v>
       </c>
-      <c r="N14" s="1" t="s">
+      <c r="N14" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15">
         <v>39537279</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>78</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>79</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>80</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>81</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="1" t="s">
         <v>82</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>83</v>
       </c>
       <c r="L15" s="2">
         <v>28126</v>
       </c>
       <c r="M15" s="2">
         <v>29221</v>
       </c>
-      <c r="N15" s="1" t="s">
+      <c r="N15" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16">
         <v>39499454</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>92</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>93</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>94</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>95</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="2">
         <v>6058</v>
       </c>
       <c r="M16" s="2">
         <v>9133</v>
       </c>
-      <c r="N16" s="1" t="s">
+      <c r="N16" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17">
         <v>40038469</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>44</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>45</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J17" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>48</v>
       </c>
       <c r="L17" s="2">
         <v>25965</v>
       </c>
       <c r="M17" s="2">
         <v>26146</v>
       </c>
-      <c r="N17" s="1" t="s">
+      <c r="N17" s="2" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18">
         <v>39499455</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>99</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>101</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>103</v>
       </c>
       <c r="J18" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>104</v>
       </c>
       <c r="L18" s="2">
         <v>5789</v>
       </c>
       <c r="M18" s="2">
         <v>6515</v>
       </c>
-      <c r="N18" s="1" t="s">
+      <c r="N18" s="2" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19">
         <v>39499456</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>106</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>107</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>101</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>108</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="2">
         <v>5145</v>
       </c>
       <c r="M19" s="2">
         <v>5775</v>
       </c>
-      <c r="N19" s="1" t="s">
+      <c r="N19" s="2" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20">
         <v>38600773</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>164</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J20" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>166</v>
       </c>
       <c r="L20" s="2">
         <v>15432</v>
       </c>
       <c r="M20" s="2">
         <v>15676</v>
       </c>
-      <c r="N20" s="1" t="s">
+      <c r="N20" s="2" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21">
         <v>39916931</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="L21" s="2">
         <v>24929</v>
       </c>
       <c r="M21" s="2">
         <v>27760</v>
       </c>
-      <c r="N21" s="1" t="s">
+      <c r="N21" s="2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22">
         <v>38598348</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>169</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>170</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J22" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>172</v>
       </c>
       <c r="L22" s="2">
         <v>-16222</v>
       </c>
       <c r="M22" s="2">
         <v>-15004</v>
       </c>
-      <c r="N22" s="1" t="s">
+      <c r="N22" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23">
         <v>39176711</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>122</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>123</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>124</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>117</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>126</v>
       </c>
       <c r="L23" s="2">
         <v>26068</v>
       </c>
       <c r="M23" s="2">
         <v>26068</v>
       </c>
-      <c r="N23" s="1" t="s">
+      <c r="N23" s="2" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24">
         <v>38613148</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>137</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>138</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>139</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>131</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J24" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>140</v>
       </c>
       <c r="L24" s="2">
         <v>28867</v>
       </c>
       <c r="M24" s="2">
         <v>30694</v>
       </c>
-      <c r="N24" s="1" t="s">
+      <c r="N24" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25">
         <v>38601132</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>151</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>152</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>154</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J25" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>155</v>
       </c>
       <c r="L25" s="2">
         <v>16132</v>
       </c>
       <c r="M25" s="2">
         <v>28095</v>
       </c>
-      <c r="N25" s="1" t="s">
+      <c r="N25" s="2" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26">
         <v>40038470</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>55</v>
       </c>
       <c r="L26" s="2">
         <v>25934</v>
       </c>
       <c r="M26" s="2">
         <v>25934</v>
       </c>
-      <c r="N26" s="1" t="s">
+      <c r="N26" s="2" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M E E A A B Q S w M E F A A C A A g A 4 4 K B W / l h B / S j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L e h A y K M M r p K Y E I 1 r U y o 2 w s P Q Y v k 3 B z / J X x C j q J v j P f c M 9 9 6 v N 8 j H t g k u u r e m w 4 x E l J N A o + o q g 3 V G B n c I E 5 I L 2 E h 1 k r U O J h l t O t o q I 0 f n z i l j 3 n v q F 7 T r a x Z z H r F 9 s S 7 V U b e S f G T z X w 4 N W i d R a S J g 9 x o j Y h o t E x r z a R O w G U J h 8 C v E U / d s f y C s h s Y N v R Y a w 2 0 J b I 7 A 3 h / E A 1 B L A w Q U A A I A C A D j g o F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A 4 4 K B W / y J e i q 8 A Q A A g Q M A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A I W S y 2 6 b Q B S G 9 5 b 8 D i O y w R J B v h C k N G L R g q O 6 s h w X y M p k M Y E T e 6 S 5 p D M H N 5 a V d 8 8 Q i J I K p L K Z m f N / + s + F Y 6 B E p i T J 2 n N 2 M x 6 N R + Z A N V T k w k G G H C 4 5 M 3 g 5 W 1 w H 4 c I h E e G A 4 x G x X 6 Z q X Y K N x O b o J 6 q s B U h 0 b x k H P 1 Y S 7 c O 4 T v y t u D e g T S F U q a R U u k j U X 8 k V r U y B 4 r n o p f B L c 3 Q m 3 i 4 B z g R D 0 J H j O R 6 J F a + F N N E s 8 M h S l q p i c h + F V 9 P p z C O / a 4 W Q 4 Y l D 9 H n 1 N 0 r C w 8 R r a 7 1 w t l o J q 1 X k J 9 D K F t S 0 k t N H C 3 Z K F 3 f b t j y y 6 + L f O c 9 K y q k 2 E e r 6 q 2 V 8 o H J v H f P T M 3 z a 5 Z p K 8 6 S 0 a E t u R O M O 5 P f O Z y c H L c g q s f 2 t J I a B 3 8 C v H j k 7 G y p g N 5 + H w f x 6 9 m B l t A J B e M F 3 N Q X T z r 7 h O y z o Y 6 s s 2 7 y r i + m 0 r 9 7 F 6 7 h T B 1 J s O b X + 6 o l s 6 0 f O S t p s R 0 f P B + g G M g f Q H b L o I 7 c a / t Q g y 1 O H D N S b A v + a 5 6 p P d C t n Z 3 l k l Z 3 l j w + 3 s M / + y v K 7 l N y n 6 5 6 y p J o z M E i W L 7 R E k l C E D 6 a y d 2 S i / Q l r + / g / F a s j a L o H 4 j Y I S Z u d m P y T 8 3 U y H j E 5 u D U 3 b 1 B L A Q I t A B Q A A g A I A O O C g V v 5 Y Q f 0 o w A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D j g o F b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D v A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O O C g V v 8 i X o q v A E A A I E D A A A T A A A A A A A A A A A A A A A A A O A B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A O k D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P t c S A A A A A A A A t R I A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 M 2 Z G I 3 N 2 Z j L T A 3 O D E t N G I 0 N i 0 4 N z N m L W R h O W Q z M W E z N j c z Y S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N 0 a X R s Z V 9 s a X N 0 X z E z O T Q 2 M y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w y N S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N S 0 x M i 0 w M V Q y M T o y M z o w N y 4 x N z E z N j Q 3 W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 F 3 W U d C Z 1 l H Q m d Z R 0 J n W U h C d 1 k 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 R l c m 0 g S U Q m c X V v d D s s J n F 1 b 3 Q 7 T m F t Z V s y M j Y 0 M j k x X S Z x d W 9 0 O y w m c X V v d D t S Z X N v d X J j Z S B U e X B l W z I y N j Q y O T R d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l T U 0 5 b M j I 2 N D M w M F 0 m c X V v d D s s J n F 1 b 3 Q 7 T 0 N M Q 1 s y M j Y 0 M z A x X S Z x d W 9 0 O y w m c X V v d D t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j Y 0 M z A y X S Z x d W 9 0 O y w m c X V v d D t Q d W J s a X N o Z X J b M j I 2 N D M w M 1 0 m c X V v d D s s J n F 1 b 3 Q 7 R n J l c X V l b m N 5 W z I y N j Q z M D R d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u W z I y N j Q z M D V d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j Y 0 M z A 2 X S Z x d W 9 0 O y w m c X V v d D t K U 1 R P U i B V U k w m c X V v d D s s J n F 1 b 3 Q 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z I y N j Q y O T F d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M j I 2 N D I 5 N F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s y M j Y 0 M z A w X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z I y N j Q z M D F d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y N j Q z M D J d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s y M j Y 0 M z A z X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M j I 2 N D M w N F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M j I 2 N D M w N V 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y N j Q z M D Z d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s y M j Y 0 M j k x X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z I y N j Q y O T R d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M j I 2 N D M w M F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s y M j Y 0 M z A x X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j Y 0 M z A y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M j I 2 N D M w M 1 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z I y N j Q z M D R d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z I y N j Q z M D V d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j Y 0 M z A 2 X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 Q c m 9 t b 3 R l Z C U y M E h l Y W R l c n M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 D a G F u Z 2 V k J T I w V H l w Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D A e m V m m X L z Q 6 8 J A 7 r L G I z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A E 0 L q c p m s r Z j 1 x p I L g G N T S b L b c n C x T + J T + S J M u I M j 2 k l A A A A A A 6 A A A A A A g A A I A A A A C Q 2 G E / 4 H A j n G t q U C f F G P g x 4 l F T d I h m j 3 7 f p F r J c u v l a U A A A A F U t f J o f + Y D F C A O r v S Q 6 l w + J v I 4 H g K w D Q e u 9 U i i R 4 Q 9 o L y V l G E d n 3 r u g g J j / 1 B r U F F x U u k d t J p n G w k q T g e f H R + U S P u 6 c m d + b I 0 w h O 6 J k B N P M Q A A A A G I E J + 2 E v K e 1 l i L 0 x 0 y R n U F + S N K o y G M 7 p Y g B 1 / S + 1 q V 2 2 z F Y 1 y Y m E 1 3 c 6 Z X h 9 E F R R + p 3 S H 7 x + Q S d V I D V 5 Y P v t w 4 = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M I E A A B Q S w M E F A A C A A g A X V 0 l X B 3 y + A m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 g i k l I W b i U x I R q 3 T a 3 Q C B + G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 5 4 N T R 1 c d G d N C y l i m K J A g 2 o P B s o U 9 e 4 Y x i g T f C P V S Z Y 6 G G W w y W A P K a q c O y e E e O + x n + G 2 K 0 l E K S P 7 f F 2 o S j c S f W T z X w 4 N W C d B a S T 4 7 j V G R J j N l 5 g t Y k w 5 m S D P D X y F a N z 7 b H 8 g X / W 1 6 z s t N I T b g p M p c v L + I B 5 Q S w M E F A A C A A g A X V 0 l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A F 1 d J V z 8 i X o q v A E A A I E D A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A C F k s t u m 0 A U h v e W / A 4 j s s E S Q b 4 Q p D R i 0 Y K j u r I c F 8 j K Z D G B E 3 u k u a Q z B z e W l X f P E I i S C q S y m Z n z f / r P h W O g R K Y k y d p z d j M e j U f m Q D V U 5 M J B h h w u O T N 4 O V t c B + H C I R H h g O M R s V + m a l 2 C j c T m 6 C e q r A V I d G 8 Z B z 9 W E u 3 D u E 7 8 r b g 3 o E 0 h V K m k V L p I 1 F / J F a 1 M g e K 5 6 K X w S 3 N 0 J t 4 u A c 4 E Q 9 C R 4 z k e i R W v h T T R L P D I U p a q Y n I f h V f T 6 c w j v 2 u F k O G J Q / R 5 9 T d K w s P E a 2 u 9 c L Z a C a t V 5 C f Q y h b U t J L T R w t 2 S h d 3 2 7 Y 8 s u v i 3 z n P S s q p N h H q + q t l f K B y b x 3 z 0 z N 8 2 u W a S v O k t G h L b k T j D u T 3 z m c n B y 3 I K r H 9 r S S G g d / A r x 4 5 O x s q Y D e f h 8 H 8 e v Z g Z b Q C Q X j B d z U F 0 8 6 + 4 T s s 6 G O r L N u 8 q 4 v p t K / e x e u 4 U w d S b D m 1 / u q J b O t H z k r a b E d H z w f o B j I H 0 B 2 y 6 C O 3 G v 7 U I M t T h w z U m w L / m u e q T 3 Q r Z 2 d 5 Z J W d 5 Y 8 P t 7 D P / s r y u 5 T c p + u e s q S a M z B I l i + 0 R J J Q h A + m s n d k o v 0 J a / v 4 P x W r I 2 i 6 B + I 2 C E m b n Z j 8 k / N 1 M h 4 x O b g 1 N 2 9 Q S w E C L Q A U A A I A C A B d X S V c H f L 4 C a Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A X V 0 l X A / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A B d X S V c / I l 6 K r w B A A C B A w A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A D q A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 7 X E g A A A A A A A L U S A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M 1 N j F l N j E 0 Z i 0 0 Y j I 4 L T Q 2 M m U t O D E z N i 1 i Y z U 5 N 2 Z i Y 2 M 2 N T k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d G l 0 b G V f b G l z d F 8 x M z k 0 N j M i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M j U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Y t M D E t M D V U M T Y 6 N D I 6 N T k u N z Y 0 N j Y x M F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 1 l H Q m d Z R 0 J n W U d C Z 1 l I Q n d Z P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t U Z X J t I E l E J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 h b W V b M j I 2 N D I 5 M V 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M j k 0 X S Z x d W 9 0 O y w m c X V v d D t J U 1 N O W z I y N j Q z M D B d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 D T E N b M j I 2 N D M w M V 0 m c X V v d D s s J n F 1 b 3 Q 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M w M l 0 m c X V v d D s s J n F 1 b 3 Q 7 U H V i b G l z a G V y W z I y N j Q z M D N d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z A 0 X S Z x d W 9 0 O y w m c X V v d D t S Z W x h d G l v b l s y M j Y 0 M z A 1 X S Z x d W 9 0 O y w m c X V v d D t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M w N l 0 m c X V v d D s s J n F 1 b 3 Q 7 S l N U T 1 I g V V J M J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s y M j Y 0 M j k x X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z I y N j Q y O T R d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M j I 2 N D M w M F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s y M j Y 0 M z A x X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j Y 0 M z A y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M j I 2 N D M w M 1 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z I y N j Q z M D R d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z I y N j Q z M D V d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j Y 0 M z A 2 X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M j I 2 N D I 5 M V 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M j k 0 X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z I y N j Q z M D B d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M j I 2 N D M w M V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M w M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z I y N j Q z M D N d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z A 0 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s y M j Y 0 M z A 1 X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M w N l 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v U H J v b W 9 0 Z W Q l M j B I Z W F k Z X J z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q 2 h h b m d l Z C U y M F R 5 c G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A w H p l Z p l y 8 0 O v C Q O 6 y x i M 5 w A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A C B O n p 5 u l g o u L l G v j z + 9 o 0 T N k t E u y F Y 2 E w M N e 6 J f c d U S A A A A A A O g A A A A A I A A C A A A A B l 2 r z O l Q m B Q v m f k Q v A l o i x Z P O e q 5 S N 0 + G N L h d i 2 l j T s 1 A A A A D 1 0 Z Q l H c 4 R S X s E P z U A q x O r 7 S o F C t A B 0 X 8 b h d a W l m 0 L 3 x X W N 6 z 3 M B 2 h x z D C V 1 U S / u z f g 3 v X h U q q o G n m X C u / b v 6 N U 0 h 8 f C l r S F S c 5 U V F c 3 a Z A 0 A A A A A y N W K E V e 1 z V F v U 1 0 a 8 e H f 6 0 k U 4 l T D a a t k s F m q Y / k A / C + 3 0 Y O q O 7 4 U 1 U 1 c L Y Q 2 D N 3 w O m l 7 + j Y L r O 6 Y P B o 4 6 P w t k < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71346B5D-3D97-466D-90B9-963C7E47B707}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A948BF16-B348-4261-9B3A-8FB9AB99C03B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-139463</vt:lpstr>
     </vt:vector>