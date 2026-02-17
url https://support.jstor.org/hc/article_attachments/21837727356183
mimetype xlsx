--- v2 (2026-01-27)
+++ v3 (2026-02-17)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8724AA5B-290A-4EC2-8969-9C4DF2BC689A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4E693CB4-E3A6-4BB9-BC6B-E53D4FED6E24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{80C901CA-BC61-400C-A2D8-1B7181ABD910}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{1DA6A2B5-0F4E-4F37-9950-6D2FC22E0625}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-139463" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-139463'!$A$1:$N$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{5EB14277-4D08-497E-8993-765E7E490C37}" keepAlive="1" name="Query - title-list-139463" description="Connection to the 'title-list-139463' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{9A781B28-F7BF-4B01-A697-01D56CE66C30}" keepAlive="1" name="Query - title-list-139463" description="Connection to the 'title-list-139463' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-139463;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-139463]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="189">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[2264291]</t>
   </si>
   <si>
     <t>Resource Type[2264294]</t>
   </si>
   <si>
     <t>ISSN[2264300]</t>
   </si>
   <si>
     <t>OCLC[2264301]</t>
   </si>
   <si>
     <t>Place of Publication[2264302]</t>
   </si>
@@ -668,147 +668,147 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="13">
     <dxf>
       <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
+      <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{C4DC99E2-B3F6-471E-8861-C3A78AE4C2AE}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{21EE9DD7-40C1-4824-BD90-4040D1606AFD}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="15">
     <queryTableFields count="14">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[2264291]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[2264294]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[2264300]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[2264301]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[2264302]" tableColumnId="6"/>
       <queryTableField id="7" name="Publisher[2264303]" tableColumnId="7"/>
       <queryTableField id="8" name="Frequency[2264304]" tableColumnId="8"/>
       <queryTableField id="9" name="Relation[2264305]" tableColumnId="9"/>
       <queryTableField id="10" name="Source Provided By[2264306]" tableColumnId="10"/>
       <queryTableField id="11" name="JSTOR URL" tableColumnId="11"/>
       <queryTableField id="12" name="Earliest Exact Date" tableColumnId="12"/>
       <queryTableField id="13" name="Latest Exact Date" tableColumnId="13"/>
       <queryTableField id="14" name="Coverage (Date Range)" tableColumnId="14"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{5192B300-2C0B-472B-9DC3-99F1E0CC54B9}" name="title_list_139463" displayName="title_list_139463" ref="A1:N26" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:N26" xr:uid="{5192B300-2C0B-472B-9DC3-99F1E0CC54B9}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8E0FBE6B-5700-48FA-8872-EBDEDA987E26}" name="title_list_139463" displayName="title_list_139463" ref="A1:N26" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:N26" xr:uid="{8E0FBE6B-5700-48FA-8872-EBDEDA987E26}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N26">
     <sortCondition ref="B1:B26"/>
   </sortState>
   <tableColumns count="14">
-    <tableColumn id="1" xr3:uid="{5D18A541-70DD-478B-AEE9-FEAE848A4902}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...12 lines deleted...]
-    <tableColumn id="14" xr3:uid="{4395D815-8136-471E-BC02-456B153F14DF}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{A35CFB4D-1004-4AFD-AB92-AA7A8893EA55}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{2781EDF1-09E4-48A7-BBCF-C607E0076685}" uniqueName="2" name="Name[2264291]" queryTableFieldId="2" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{717E8EFD-B19B-4CD4-A501-B58933541941}" uniqueName="3" name="Resource Type[2264294]" queryTableFieldId="3" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{48804BB6-360A-4DCC-B713-1D4748845568}" uniqueName="4" name="ISSN[2264300]" queryTableFieldId="4" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{70CC37D0-7F6A-4ACE-9DA1-D631EE712CFF}" uniqueName="5" name="OCLC[2264301]" queryTableFieldId="5" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{4EDE4F3D-A55E-4D16-B606-E8EE21534D4A}" uniqueName="6" name="Place of Publication[2264302]" queryTableFieldId="6" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{26F26A9B-3222-4A9C-9DAF-321BBFA275CD}" uniqueName="7" name="Publisher[2264303]" queryTableFieldId="7" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{39F51286-6B85-4D75-B4AC-2F17ABB15D69}" uniqueName="8" name="Frequency[2264304]" queryTableFieldId="8" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{72B819B2-DBF3-412C-A536-1B639E77EFE3}" uniqueName="9" name="Relation[2264305]" queryTableFieldId="9" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{D35DF8FA-B9FB-4B23-BACF-48AEF3771CFA}" uniqueName="10" name="Source Provided By[2264306]" queryTableFieldId="10" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{E884F720-31C8-40EA-88D7-6CDA4DD55D5F}" uniqueName="11" name="JSTOR URL" queryTableFieldId="11" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{EF7B8180-14AE-41E7-BF2A-6E8824927EE7}" uniqueName="12" name="Earliest Exact Date" queryTableFieldId="12" dataDxfId="1"/>
+    <tableColumn id="13" xr3:uid="{57FB4B50-5BE8-42F6-9727-10CE27293480}" uniqueName="13" name="Latest Exact Date" queryTableFieldId="13" dataDxfId="0"/>
+    <tableColumn id="14" xr3:uid="{7D600459-B20D-49D4-86C4-F31A8442C01E}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1090,1234 +1090,1234 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2F36BF6-AE94-4291-9B68-AE2150CCE678}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2AED2305-1D7C-41E4-BC1A-36C746076CC9}">
   <dimension ref="A1:N26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="54.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.90625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="42.7265625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="53" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.453125" style="2" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="22.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="22.08984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A2">
         <v>40038465</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="2">
         <v>27030</v>
       </c>
       <c r="M2" s="2">
         <v>27150</v>
       </c>
-      <c r="N2" s="2" t="s">
+      <c r="N2" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3">
         <v>39176710</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>112</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>113</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>114</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>117</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>118</v>
       </c>
       <c r="L3" s="2">
         <v>26166</v>
       </c>
       <c r="M3" s="2">
         <v>27638</v>
       </c>
-      <c r="N3" s="2" t="s">
+      <c r="N3" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4">
         <v>39499453</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>87</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>89</v>
       </c>
       <c r="L4" s="2">
         <v>13789</v>
       </c>
       <c r="M4" s="2">
         <v>17624</v>
       </c>
-      <c r="N4" s="2" t="s">
+      <c r="N4" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5">
         <v>38613149</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>143</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>144</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>145</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>146</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>131</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>147</v>
       </c>
       <c r="L5" s="2">
         <v>-6034</v>
       </c>
       <c r="M5" s="2">
         <v>-5733</v>
       </c>
-      <c r="N5" s="2" t="s">
+      <c r="N5" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6">
         <v>40038466</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="L6" s="2">
         <v>25689</v>
       </c>
       <c r="M6" s="2">
         <v>25873</v>
       </c>
-      <c r="N6" s="2" t="s">
+      <c r="N6" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7">
         <v>40038467</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="L7" s="2">
         <v>26238</v>
       </c>
       <c r="M7" s="2">
         <v>26313</v>
       </c>
-      <c r="N7" s="2" t="s">
+      <c r="N7" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8">
         <v>38624861</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>128</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>130</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>131</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J8" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>133</v>
       </c>
       <c r="L8" s="2">
         <v>6474</v>
       </c>
       <c r="M8" s="2">
         <v>28306</v>
       </c>
-      <c r="N8" s="2" t="s">
+      <c r="N8" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9">
         <v>38601130</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>158</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>159</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>160</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>161</v>
       </c>
       <c r="L9" s="2">
         <v>12389</v>
       </c>
       <c r="M9" s="2">
         <v>14397</v>
       </c>
-      <c r="N9" s="2" t="s">
+      <c r="N9" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10">
         <v>40038468</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="L10" s="2">
         <v>21064</v>
       </c>
       <c r="M10" s="2">
         <v>31413</v>
       </c>
-      <c r="N10" s="2" t="s">
+      <c r="N10" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11">
         <v>35467187</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>175</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>176</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>177</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>178</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>179</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>180</v>
       </c>
       <c r="L11" s="2">
         <v>25385</v>
       </c>
       <c r="M11" s="2">
         <v>26115</v>
       </c>
-      <c r="N11" s="2" t="s">
+      <c r="N11" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12">
         <v>35464091</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>183</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>184</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>185</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>186</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>187</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>179</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>188</v>
       </c>
       <c r="L12" s="2">
         <v>25934</v>
       </c>
       <c r="M12" s="2">
         <v>27760</v>
       </c>
-      <c r="N12" s="2" t="s">
+      <c r="N12" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13">
         <v>39731264</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J13" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>68</v>
       </c>
       <c r="L13" s="2">
         <v>25948</v>
       </c>
       <c r="M13" s="2">
         <v>27973</v>
       </c>
-      <c r="N13" s="2" t="s">
+      <c r="N13" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14">
         <v>39723203</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>72</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>73</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>74</v>
       </c>
       <c r="L14" s="2">
         <v>9802</v>
       </c>
       <c r="M14" s="2">
         <v>9802</v>
       </c>
-      <c r="N14" s="2" t="s">
+      <c r="N14" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15">
         <v>39537279</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>78</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>79</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>80</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>81</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="1" t="s">
         <v>82</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>83</v>
       </c>
       <c r="L15" s="2">
         <v>28126</v>
       </c>
       <c r="M15" s="2">
         <v>29221</v>
       </c>
-      <c r="N15" s="2" t="s">
+      <c r="N15" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16">
         <v>39499454</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>92</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>93</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>94</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>95</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="2">
         <v>6058</v>
       </c>
       <c r="M16" s="2">
         <v>9133</v>
       </c>
-      <c r="N16" s="2" t="s">
+      <c r="N16" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17">
         <v>40038469</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>44</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>45</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J17" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>48</v>
       </c>
       <c r="L17" s="2">
         <v>25965</v>
       </c>
       <c r="M17" s="2">
         <v>26146</v>
       </c>
-      <c r="N17" s="2" t="s">
+      <c r="N17" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18">
         <v>39499455</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>99</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>101</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>103</v>
       </c>
       <c r="J18" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>104</v>
       </c>
       <c r="L18" s="2">
         <v>5789</v>
       </c>
       <c r="M18" s="2">
         <v>6515</v>
       </c>
-      <c r="N18" s="2" t="s">
+      <c r="N18" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19">
         <v>39499456</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>106</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>107</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>101</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>108</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="2">
         <v>5145</v>
       </c>
       <c r="M19" s="2">
         <v>5775</v>
       </c>
-      <c r="N19" s="2" t="s">
+      <c r="N19" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20">
         <v>38600773</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>164</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J20" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>166</v>
       </c>
       <c r="L20" s="2">
         <v>15432</v>
       </c>
       <c r="M20" s="2">
         <v>15676</v>
       </c>
-      <c r="N20" s="2" t="s">
+      <c r="N20" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21">
         <v>39916931</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="L21" s="2">
         <v>24929</v>
       </c>
       <c r="M21" s="2">
         <v>27760</v>
       </c>
-      <c r="N21" s="2" t="s">
+      <c r="N21" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22">
         <v>38598348</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>169</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>170</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J22" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>172</v>
       </c>
       <c r="L22" s="2">
         <v>-16222</v>
       </c>
       <c r="M22" s="2">
         <v>-15004</v>
       </c>
-      <c r="N22" s="2" t="s">
+      <c r="N22" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23">
         <v>39176711</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>122</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>123</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>124</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>117</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>126</v>
       </c>
       <c r="L23" s="2">
         <v>26068</v>
       </c>
       <c r="M23" s="2">
         <v>26068</v>
       </c>
-      <c r="N23" s="2" t="s">
+      <c r="N23" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24">
         <v>38613148</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>137</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>138</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>139</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>131</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J24" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>140</v>
       </c>
       <c r="L24" s="2">
         <v>28867</v>
       </c>
       <c r="M24" s="2">
         <v>30694</v>
       </c>
-      <c r="N24" s="2" t="s">
+      <c r="N24" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25">
         <v>38601132</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>151</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>152</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>154</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J25" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>155</v>
       </c>
       <c r="L25" s="2">
         <v>16132</v>
       </c>
       <c r="M25" s="2">
         <v>28095</v>
       </c>
-      <c r="N25" s="2" t="s">
+      <c r="N25" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26">
         <v>40038470</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>55</v>
       </c>
       <c r="L26" s="2">
         <v>25934</v>
       </c>
       <c r="M26" s="2">
         <v>25934</v>
       </c>
-      <c r="N26" s="2" t="s">
+      <c r="N26" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M I E A A B Q S w M E F A A C A A g A X V 0 l X B 3 y + A m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 g i k l I W b i U x I R q 3 T a 3 Q C B + G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 5 4 N T R 1 c d G d N C y l i m K J A g 2 o P B s o U 9 e 4 Y x i g T f C P V S Z Y 6 G G W w y W A P K a q c O y e E e O + x n + G 2 K 0 l E K S P 7 f F 2 o S j c S f W T z X w 4 N W C d B a S T 4 7 j V G R J j N l 5 g t Y k w 5 m S D P D X y F a N z 7 b H 8 g X / W 1 6 z s t N I T b g p M p c v L + I B 5 Q S w M E F A A C A A g A X V 0 l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A F 1 d J V z 8 i X o q v A E A A I E D A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A C F k s t u m 0 A U h v e W / A 4 j s s E S Q b 4 Q p D R i 0 Y K j u r I c F 8 j K Z D G B E 3 u k u a Q z B z e W l X f P E I i S C q S y m Z n z f / r P h W O g R K Y k y d p z d j M e j U f m Q D V U 5 M J B h h w u O T N 4 O V t c B + H C I R H h g O M R s V + m a l 2 C j c T m 6 C e q r A V I d G 8 Z B z 9 W E u 3 D u E 7 8 r b g 3 o E 0 h V K m k V L p I 1 F / J F a 1 M g e K 5 6 K X w S 3 N 0 J t 4 u A c 4 E Q 9 C R 4 z k e i R W v h T T R L P D I U p a q Y n I f h V f T 6 c w j v 2 u F k O G J Q / R 5 9 T d K w s P E a 2 u 9 c L Z a C a t V 5 C f Q y h b U t J L T R w t 2 S h d 3 2 7 Y 8 s u v i 3 z n P S s q p N h H q + q t l f K B y b x 3 z 0 z N 8 2 u W a S v O k t G h L b k T j D u T 3 z m c n B y 3 I K r H 9 r S S G g d / A r x 4 5 O x s q Y D e f h 8 H 8 e v Z g Z b Q C Q X j B d z U F 0 8 6 + 4 T s s 6 G O r L N u 8 q 4 v p t K / e x e u 4 U w d S b D m 1 / u q J b O t H z k r a b E d H z w f o B j I H 0 B 2 y 6 C O 3 G v 7 U I M t T h w z U m w L / m u e q T 3 Q r Z 2 d 5 Z J W d 5 Y 8 P t 7 D P / s r y u 5 T c p + u e s q S a M z B I l i + 0 R J J Q h A + m s n d k o v 0 J a / v 4 P x W r I 2 i 6 B + I 2 C E m b n Z j 8 k / N 1 M h 4 x O b g 1 N 2 9 Q S w E C L Q A U A A I A C A B d X S V c H f L 4 C a Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A X V 0 l X A / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A B d X S V c / I l 6 K r w B A A C B A w A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A D q A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 7 X E g A A A A A A A L U S A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M 1 N j F l N j E 0 Z i 0 0 Y j I 4 L T Q 2 M m U t O D E z N i 1 i Y z U 5 N 2 Z i Y 2 M 2 N T k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d G l 0 b G V f b G l z d F 8 x M z k 0 N j M i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M j U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Y t M D E t M D V U M T Y 6 N D I 6 N T k u N z Y 0 N j Y x M F o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 1 l H Q m d Z R 0 J n W U d C Z 1 l I Q n d Z P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t U Z X J t I E l E J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 h b W V b M j I 2 N D I 5 M V 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M j k 0 X S Z x d W 9 0 O y w m c X V v d D t J U 1 N O W z I y N j Q z M D B d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 D T E N b M j I 2 N D M w M V 0 m c X V v d D s s J n F 1 b 3 Q 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M w M l 0 m c X V v d D s s J n F 1 b 3 Q 7 U H V i b G l z a G V y W z I y N j Q z M D N d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z A 0 X S Z x d W 9 0 O y w m c X V v d D t S Z W x h d G l v b l s y M j Y 0 M z A 1 X S Z x d W 9 0 O y w m c X V v d D t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M w N l 0 m c X V v d D s s J n F 1 b 3 Q 7 S l N U T 1 I g V V J M J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s y M j Y 0 M j k x X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z I y N j Q y O T R d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M j I 2 N D M w M F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s y M j Y 0 M z A x X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j Y 0 M z A y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M j I 2 N D M w M 1 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z I y N j Q z M D R d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z I y N j Q z M D V d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j Y 0 M z A 2 X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M j I 2 N D I 5 M V 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M j k 0 X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z I y N j Q z M D B d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M j I 2 N D M w M V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M w M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z I y N j Q z M D N d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z A 0 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s y M j Y 0 M z A 1 X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M w N l 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v U H J v b W 9 0 Z W Q l M j B I Z W F k Z X J z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q 2 h h b m d l Z C U y M F R 5 c G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A w H p l Z p l y 8 0 O v C Q O 6 y x i M 5 w A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A C B O n p 5 u l g o u L l G v j z + 9 o 0 T N k t E u y F Y 2 E w M N e 6 J f c d U S A A A A A A O g A A A A A I A A C A A A A B l 2 r z O l Q m B Q v m f k Q v A l o i x Z P O e q 5 S N 0 + G N L h d i 2 l j T s 1 A A A A D 1 0 Z Q l H c 4 R S X s E P z U A q x O r 7 S o F C t A B 0 X 8 b h d a W l m 0 L 3 x X W N 6 z 3 M B 2 h x z D C V 1 U S / u z f g 3 v X h U q q o G n m X C u / b v 6 N U 0 h 8 f C l r S F S c 5 U V F c 3 a Z A 0 A A A A A y N W K E V e 1 z V F v U 1 0 a 8 e H f 6 0 k U 4 l T D a a t k s F m q Y / k A / C + 3 0 Y O q O 7 4 U 1 U 1 c L Y Q 2 D N 3 w O m l 7 + j Y L r O 6 Y P B o 4 6 P w t k < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M M E A A B Q S w M E F A A C A A g A l l J D X E g Z o F 6 l A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P x A S Q 0 p Z u J X E h G j c N q V C I 3 w Y W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 n g + d W 1 w 0 Y M 1 P W S I Y Y o C D a q v D N Q Z G t 0 x X K F c 8 K 1 U J 1 n r Y J b B p p O t M t Q 4 d 0 4 J 8 d 5 j H + N + q E l E K S O H Y l O q R n c S f W T z X w 4 N W C d B a S T 4 / j V G R J g l F D O a x J h y s l B e G P g a 0 T z 4 2 f 5 A v h 5 b N w 5 a a A h 3 J S d L 5 O R 9 Q j w A U E s D B B Q A A g A I A J Z S Q 1 w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A C W U k N c / I l 6 K r w B A A C B A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Z L L b p t A F I b 3 l v w O I 7 L B E k G + E K Q 0 Y t G C o 7 q y H B f I y m Q x g R N 7 p L m k M w c 3 l p V 3 z x C I k g q k s p m Z 8 3 / 6 z 4 V j o E S m J M n a c 3 Y z H o 1 H 5 k A 1 V O T C Q Y Y c L j k z e D l b X A f h w i E R 4 Y D j E b F f p m p d g o 3 E 5 u g n q q w F S H R v G Q c / V h L t w 7 h O / K 2 4 N 6 B N I V S p p F S 6 S N R f y R W t T I H i u e i l 8 E t z d C b e L g H O B E P Q k e M 5 H o k V r 4 U 0 0 S z w y F K W q m J y H 4 V X 0 + n M I 7 9 r h Z D h i U P 0 e f U 3 S s L D x G t r v X C 2 W g m r V e Q n 0 M o W 1 L S S 0 0 c L d k o X d 9 u 2 P L L r 4 t 8 5 z 0 r K q T Y R 6 v q r Z X y g c m 8 d 8 9 M z f N r l m k r z p L R o S 2 5 E 4 w 7 k 9 8 5 n J w c t y C q x / a 0 k h o H f w K 8 e O T s b K m A 3 n 4 f B / H r 2 Y G W 0 A k F 4 w X c 1 B d P O v u E 7 L O h j q y z b v K u L 6 b S v 3 s X r u F M H U m w 5 t f 7 q i W z r R 8 5 K 2 m x H R 8 8 H 6 A Y y B 9 A d s u g j t x r + 1 C D L U 4 c M 1 J s C / 5 r n q k 9 0 K 2 d n e W S V n e W P D 7 e w z / 7 K 8 r u U 3 K f r n r K k m j M w S J Y v t E S S U I Q P p r J 3 Z K L 9 C W v 7 + D 8 V q y N o u g f i N g h J m 5 2 Y / J P z d T I e M T m 4 N T d v U E s B A i 0 A F A A C A A g A l l J D X E g Z o F 6 l A A A A 9 w A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A J Z S Q 1 w P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P E A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A l l J D X P y J e i q 8 A Q A A g Q M A A B M A A A A A A A A A A A A A A A A A 4 g E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A 6 w M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + 1 x I A A A A A A A C 1 E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z N m I y Y T g 4 N W Q t Z m Q 2 Y y 0 0 Z D c x L W J j M m Y t N W I x N 2 N l M T Z m M T Y 3 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 3 R p d G x l X 2 x p c 3 R f M T M 5 N D Y z I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D I 1 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 2 L T A y L T A z V D E 1 O j I w O j Q 1 L j U 3 M D c w N z Z a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q X d Z R 0 J n W U d C Z 1 l H Q m d Z S E J 3 W T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 V G V y b S B J R C Z x d W 9 0 O y w m c X V v d D t O Y W 1 l W z I y N j Q y O T F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l c 2 9 1 c m N l I F R 5 c G V b M j I 2 N D I 5 N F 0 m c X V v d D s s J n F 1 b 3 Q 7 S V N T T l s y M j Y 0 M z A w X S Z x d W 9 0 O y w m c X V v d D t P Q 0 x D W z I y N j Q z M D F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y N j Q z M D J d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B 1 Y m x p c 2 h l c l s y M j Y 0 M z A z X S Z x d W 9 0 O y w m c X V v d D t G c m V x d W V u Y 3 l b M j I 2 N D M w N F 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 b M j I 2 N D M w N V 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y N j Q z M D Z d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 p T V E 9 S I F V S T C Z x d W 9 0 O y w m c X V v d D t F Y X J s a W V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 x h d G V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M j I 2 N D I 5 M V 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M j k 0 X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z I y N j Q z M D B d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M j I 2 N D M w M V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M w M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z I y N j Q z M D N d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z A 0 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s y M j Y 0 M z A 1 X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M w N l 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z I y N j Q y O T F d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M j I 2 N D I 5 N F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s y M j Y 0 M z A w X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z I y N j Q z M D F d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y N j Q z M D J d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s y M j Y 0 M z A z X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M j I 2 N D M w N F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M j I 2 N D M w N V 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y N j Q z M D Z d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A M B 6 Z W a Z c v N D r w k D u s s Y j O c A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A 0 6 d M F Y B K a z v J j c Y y L V V D R 9 R 9 2 e 8 L Y k 0 G 0 U 4 D F Z C L m 2 Q A A A A A D o A A A A A C A A A g A A A A w e h K H Z 7 0 m N N D / o / O S 3 3 7 d D P X Y c I 5 r A d x h N l b l W / B E e p Q A A A A Q A E j Q F S o k F F 6 N U B c 6 Q C / l W 8 6 T J y y h H I f y O Q T o y 6 o n J f 2 b 4 V e S 4 M D I h 3 t + a y K T j s N m U h d z 7 J s B I + b V N D W U T Y M B Q a L F J 6 R 2 S 7 6 b m G d j J d d d C p A A A A A N i s w 3 e U B y x o q Q F m F t w p j v 4 + i f B A H g Y T 2 n d O y 2 y 2 k + i n D 1 E P r t j 3 m D i S B g E / Y M K G Y k c I j c N C 0 K h Y A l o m 5 i W / Z d w = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A948BF16-B348-4261-9B3A-8FB9AB99C03B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98D0D8D1-E166-4E35-8802-910FB1605F57}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-139463</vt:lpstr>
     </vt:vector>