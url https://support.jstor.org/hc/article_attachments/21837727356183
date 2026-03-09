--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -8,154 +8,160 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4E693CB4-E3A6-4BB9-BC6B-E53D4FED6E24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BA67FC24-D8F1-4918-9E17-B1A9AF7E8057}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{1DA6A2B5-0F4E-4F37-9950-6D2FC22E0625}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{D45F3EFF-C9CE-4F56-AA58-380209265EEA}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-139463" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-139463'!$A$1:$N$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{9A781B28-F7BF-4B01-A697-01D56CE66C30}" keepAlive="1" name="Query - title-list-139463" description="Connection to the 'title-list-139463' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{97856C1A-0B1C-4D20-97E6-031E2B215DA0}" keepAlive="1" name="Query - title-list-139463" description="Connection to the 'title-list-139463' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-139463;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-139463]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="189">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[2264291]</t>
   </si>
   <si>
     <t>Resource Type[2264294]</t>
   </si>
   <si>
     <t>ISSN[2264300]</t>
   </si>
   <si>
     <t>OCLC[2264301]</t>
   </si>
   <si>
     <t>Place of Publication[2264302]</t>
   </si>
   <si>
     <t>Publisher[2264303]</t>
   </si>
   <si>
     <t>Frequency[2264304]</t>
   </si>
   <si>
     <t>Relation[2264305]</t>
   </si>
   <si>
     <t>Source Provided By[2264306]</t>
   </si>
   <si>
     <t>JSTOR URL</t>
   </si>
   <si>
     <t>Earliest Exact Date</t>
   </si>
   <si>
     <t>Latest Exact Date</t>
   </si>
   <si>
     <t>Coverage (Date Range)</t>
   </si>
   <si>
+    <t>Periodicals</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Archives &amp; Special Collections, University of Connecticut Library</t>
+  </si>
+  <si>
+    <t>Atlanta, GA</t>
+  </si>
+  <si>
+    <t>Monthly</t>
+  </si>
+  <si>
+    <t>New York, NY</t>
+  </si>
+  <si>
+    <t>Quarterly</t>
+  </si>
+  <si>
     <t>Africa Information Service Newsletter</t>
   </si>
   <si>
-    <t>Periodicals</t>
-[...7 lines deleted...]
-  <si>
     <t>Africa Information Service</t>
   </si>
   <si>
-    <t>Monthly</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.jstor.org/site/reveal-digital/black-periodicals/africainformationservicenewsletter-40038465</t>
   </si>
   <si>
     <t>1974 - 1974</t>
   </si>
   <si>
     <t>Auto Workers Focus</t>
   </si>
   <si>
     <t>29706284</t>
   </si>
   <si>
     <t>Oakland, CA</t>
   </si>
   <si>
     <t>Black Panther Caucus</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/black-periodicals/autoworkersfocus-40038466</t>
   </si>
   <si>
     <t>1970 - 1970</t>
   </si>
   <si>
     <t>Babylon</t>
@@ -211,53 +217,50 @@
   <si>
     <t>Four issues per year</t>
   </si>
   <si>
     <t>Continues: The Faith</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/black-periodicals/imani-40038469</t>
   </si>
   <si>
     <t>1971 - 1971</t>
   </si>
   <si>
     <t>Wakra</t>
   </si>
   <si>
     <t>3494250</t>
   </si>
   <si>
     <t>Boston, MA</t>
   </si>
   <si>
     <t>Wakra Publishing Group</t>
   </si>
   <si>
-    <t>Quarterly</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.jstor.org/site/reveal-digital/black-periodicals/wakra-40038470</t>
   </si>
   <si>
     <t>Pan-African Journal</t>
   </si>
   <si>
     <t>0031-0565</t>
   </si>
   <si>
     <t>1785438</t>
   </si>
   <si>
     <t>Pan-African Institute</t>
   </si>
   <si>
     <t>Bowdoin College Library</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/black-periodicals/pan-africanjournal-39916931</t>
   </si>
   <si>
     <t>1968 - 1976</t>
   </si>
   <si>
     <t>Black Times</t>
@@ -284,53 +287,50 @@
     <t>Fire!!: A Quarterly Devoted to the Younger Negro Artist</t>
   </si>
   <si>
     <t>1059-8774</t>
   </si>
   <si>
     <t>5162399|311120391</t>
   </si>
   <si>
     <t>Quarterly (only one issue published)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/black-periodicals/fireaquarterlydevotedtotheyoungernegroartist-39723203</t>
   </si>
   <si>
     <t>1926 - 1926</t>
   </si>
   <si>
     <t>First World: An International Journal of Black Thought</t>
   </si>
   <si>
     <t>0147-507X</t>
   </si>
   <si>
     <t>2864876</t>
-  </si>
-[...1 lines deleted...]
-    <t>Atlanta, GA</t>
   </si>
   <si>
     <t>First World Foundation</t>
   </si>
   <si>
     <t>Bimonthly; Quarterly</t>
   </si>
   <si>
     <t>Colby College Libraries</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/black-periodicals/firstworldaninternationaljournalofblackthought-39537279</t>
   </si>
   <si>
     <t>1977 - 1980</t>
   </si>
   <si>
     <t>African, The</t>
   </si>
   <si>
     <t>42868885</t>
   </si>
   <si>
     <t>African Magazine Co.</t>
   </si>
@@ -718,97 +718,97 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{21EE9DD7-40C1-4824-BD90-4040D1606AFD}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{B6F65417-65F6-46D6-AB47-1AD7273486D5}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="15">
     <queryTableFields count="14">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[2264291]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[2264294]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[2264300]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[2264301]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[2264302]" tableColumnId="6"/>
       <queryTableField id="7" name="Publisher[2264303]" tableColumnId="7"/>
       <queryTableField id="8" name="Frequency[2264304]" tableColumnId="8"/>
       <queryTableField id="9" name="Relation[2264305]" tableColumnId="9"/>
       <queryTableField id="10" name="Source Provided By[2264306]" tableColumnId="10"/>
       <queryTableField id="11" name="JSTOR URL" tableColumnId="11"/>
       <queryTableField id="12" name="Earliest Exact Date" tableColumnId="12"/>
       <queryTableField id="13" name="Latest Exact Date" tableColumnId="13"/>
       <queryTableField id="14" name="Coverage (Date Range)" tableColumnId="14"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8E0FBE6B-5700-48FA-8872-EBDEDA987E26}" name="title_list_139463" displayName="title_list_139463" ref="A1:N26" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:N26" xr:uid="{8E0FBE6B-5700-48FA-8872-EBDEDA987E26}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D9A3297B-CBE6-4286-BF28-3779762742C5}" name="title_list_139463" displayName="title_list_139463" ref="A1:N26" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:N26" xr:uid="{D9A3297B-CBE6-4286-BF28-3779762742C5}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N26">
     <sortCondition ref="B1:B26"/>
   </sortState>
   <tableColumns count="14">
-    <tableColumn id="1" xr3:uid="{A35CFB4D-1004-4AFD-AB92-AA7A8893EA55}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...12 lines deleted...]
-    <tableColumn id="14" xr3:uid="{7D600459-B20D-49D4-86C4-F31A8442C01E}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{54786F8E-5FE7-483B-96D7-7306632A4B8A}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{0A12FDA8-87D2-4109-A086-9D4EB6E7FF7D}" uniqueName="2" name="Name[2264291]" queryTableFieldId="2" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{AF446637-3DE4-449E-95AB-5416A9C4423C}" uniqueName="3" name="Resource Type[2264294]" queryTableFieldId="3" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{43966341-619D-4E7B-A4D2-EF86E1B3E015}" uniqueName="4" name="ISSN[2264300]" queryTableFieldId="4" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{83782D47-5C29-4684-BA29-14828726B4B6}" uniqueName="5" name="OCLC[2264301]" queryTableFieldId="5" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{DAEAE573-6765-4626-9A2F-1BB9857DF18E}" uniqueName="6" name="Place of Publication[2264302]" queryTableFieldId="6" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{AA30BA2A-C32E-4D27-8A03-942B743BD243}" uniqueName="7" name="Publisher[2264303]" queryTableFieldId="7" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{C46D8656-A670-45F9-B495-2FF4A48DE8CD}" uniqueName="8" name="Frequency[2264304]" queryTableFieldId="8" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{CD8097C3-8F25-49A9-97F7-9A326C4F6ACD}" uniqueName="9" name="Relation[2264305]" queryTableFieldId="9" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{88480047-659E-4904-9D5E-A68D1382B92D}" uniqueName="10" name="Source Provided By[2264306]" queryTableFieldId="10" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{B96A328B-4E0B-42C0-84E8-23B78613E5E9}" uniqueName="11" name="JSTOR URL" queryTableFieldId="11" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{C14AC1A6-E9C6-48AA-BA37-13DA2B4A8BDC}" uniqueName="12" name="Earliest Exact Date" queryTableFieldId="12" dataDxfId="1"/>
+    <tableColumn id="13" xr3:uid="{69369F5A-1145-4ED9-B5DB-D0D991ADE5BF}" uniqueName="13" name="Latest Exact Date" queryTableFieldId="13" dataDxfId="0"/>
+    <tableColumn id="14" xr3:uid="{80F4D163-04A2-4601-B54B-8FDE63DFF11B}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1090,54 +1090,56 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2AED2305-1D7C-41E4-BC1A-36C746076CC9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{661C8DFC-FFE2-4F39-9D3E-3ED5F728C514}">
   <dimension ref="A1:N26"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="L1" sqref="L1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="54.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.90625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="42.7265625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="53" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="22.08984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -1162,1162 +1164,1162 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A2">
         <v>40038465</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K2" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L2" s="2">
         <v>27030</v>
       </c>
       <c r="M2" s="2">
         <v>27150</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3">
         <v>39176710</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>112</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>113</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>114</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>117</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>118</v>
       </c>
       <c r="L3" s="2">
         <v>26166</v>
       </c>
       <c r="M3" s="2">
         <v>27638</v>
       </c>
       <c r="N3" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4">
         <v>39499453</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>87</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>89</v>
       </c>
       <c r="L4" s="2">
         <v>13789</v>
       </c>
       <c r="M4" s="2">
         <v>17624</v>
       </c>
       <c r="N4" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5">
         <v>38613149</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>143</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>144</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>145</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>146</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>131</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>147</v>
       </c>
       <c r="L5" s="2">
         <v>-6034</v>
       </c>
       <c r="M5" s="2">
         <v>-5733</v>
       </c>
       <c r="N5" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6">
         <v>40038466</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E6" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K6" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="L6" s="2">
         <v>25689</v>
       </c>
       <c r="M6" s="2">
         <v>25873</v>
       </c>
       <c r="N6" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7">
         <v>40038467</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J7" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E7" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K7" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="L7" s="2">
         <v>26238</v>
       </c>
       <c r="M7" s="2">
         <v>26313</v>
       </c>
       <c r="N7" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8">
         <v>38624861</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>128</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>130</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>131</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J8" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>133</v>
       </c>
       <c r="L8" s="2">
         <v>6474</v>
       </c>
       <c r="M8" s="2">
         <v>28306</v>
       </c>
       <c r="N8" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9">
         <v>38601130</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>158</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>159</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>160</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>161</v>
       </c>
       <c r="L9" s="2">
         <v>12389</v>
       </c>
       <c r="M9" s="2">
         <v>14397</v>
       </c>
       <c r="N9" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10">
         <v>40038468</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J10" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="J10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K10" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L10" s="2">
         <v>21064</v>
       </c>
       <c r="M10" s="2">
         <v>31413</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11">
         <v>35467187</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>175</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>176</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>177</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>178</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>179</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>180</v>
       </c>
       <c r="L11" s="2">
         <v>25385</v>
       </c>
       <c r="M11" s="2">
         <v>26115</v>
       </c>
       <c r="N11" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12">
         <v>35464091</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>183</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>184</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>185</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>186</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>187</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>179</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>188</v>
       </c>
       <c r="L12" s="2">
         <v>25934</v>
       </c>
       <c r="M12" s="2">
         <v>27760</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13">
         <v>39731264</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L13" s="2">
         <v>25948</v>
       </c>
       <c r="M13" s="2">
         <v>27973</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14">
         <v>39723203</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L14" s="2">
         <v>9802</v>
       </c>
       <c r="M14" s="2">
         <v>9802</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15">
         <v>39537279</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>79</v>
+        <v>17</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>80</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>81</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J15" s="1" t="s">
         <v>82</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>83</v>
       </c>
       <c r="L15" s="2">
         <v>28126</v>
       </c>
       <c r="M15" s="2">
         <v>29221</v>
       </c>
       <c r="N15" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16">
         <v>39499454</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>92</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>93</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>94</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>95</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J16" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="2">
         <v>6058</v>
       </c>
       <c r="M16" s="2">
         <v>9133</v>
       </c>
       <c r="N16" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17">
         <v>40038469</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J17" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E17" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K17" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="L17" s="2">
         <v>25965</v>
       </c>
       <c r="M17" s="2">
         <v>26146</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18">
         <v>39499455</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>99</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>101</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>103</v>
       </c>
       <c r="J18" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>104</v>
       </c>
       <c r="L18" s="2">
         <v>5789</v>
       </c>
       <c r="M18" s="2">
         <v>6515</v>
       </c>
       <c r="N18" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19">
         <v>39499456</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>106</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>107</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>101</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>108</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>88</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="2">
         <v>5145</v>
       </c>
       <c r="M19" s="2">
         <v>5775</v>
       </c>
       <c r="N19" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20">
         <v>38600773</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>164</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J20" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>166</v>
       </c>
       <c r="L20" s="2">
         <v>15432</v>
       </c>
       <c r="M20" s="2">
         <v>15676</v>
       </c>
       <c r="N20" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21">
         <v>39916931</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L21" s="2">
         <v>24929</v>
       </c>
       <c r="M21" s="2">
         <v>27760</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22">
         <v>38598348</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>169</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>170</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>171</v>
       </c>
       <c r="J22" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>172</v>
       </c>
       <c r="L22" s="2">
         <v>-16222</v>
       </c>
       <c r="M22" s="2">
         <v>-15004</v>
       </c>
       <c r="N22" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23">
         <v>39176711</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>122</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>123</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>124</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>102</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>117</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>126</v>
       </c>
       <c r="L23" s="2">
         <v>26068</v>
       </c>
       <c r="M23" s="2">
         <v>26068</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24">
         <v>38613148</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>137</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>138</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>139</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>131</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J24" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>140</v>
       </c>
       <c r="L24" s="2">
         <v>28867</v>
       </c>
       <c r="M24" s="2">
         <v>30694</v>
       </c>
       <c r="N24" s="1" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25">
         <v>38601132</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>151</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>152</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>154</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J25" s="1" t="s">
         <v>132</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>155</v>
       </c>
       <c r="L25" s="2">
         <v>16132</v>
       </c>
       <c r="M25" s="2">
         <v>28095</v>
       </c>
       <c r="N25" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26">
         <v>40038470</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J26" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E26" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K26" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L26" s="2">
         <v>25934</v>
       </c>
       <c r="M26" s="2">
         <v>25934</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M M E A A B Q S w M E F A A C A A g A l l J D X E g Z o F 6 l A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P x A S Q 0 p Z u J X E h G j c N q V C I 3 w Y W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 n g + d W 1 w 0 Y M 1 P W S I Y Y o C D a q v D N Q Z G t 0 x X K F c 8 K 1 U J 1 n r Y J b B p p O t M t Q 4 d 0 4 J 8 d 5 j H + N + q E l E K S O H Y l O q R n c S f W T z X w 4 N W C d B a S T 4 / j V G R J g l F D O a x J h y s l B e G P g a 0 T z 4 2 f 5 A v h 5 b N w 5 a a A h 3 J S d L 5 O R 9 Q j w A U E s D B B Q A A g A I A J Z S Q 1 w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A C W U k N c / I l 6 K r w B A A C B A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Z L L b p t A F I b 3 l v w O I 7 L B E k G + E K Q 0 Y t G C o 7 q y H B f I y m Q x g R N 7 p L m k M w c 3 l p V 3 z x C I k g q k s p m Z 8 3 / 6 z 4 V j o E S m J M n a c 3 Y z H o 1 H 5 k A 1 V O T C Q Y Y c L j k z e D l b X A f h w i E R 4 Y D j E b F f p m p d g o 3 E 5 u g n q q w F S H R v G Q c / V h L t w 7 h O / K 2 4 N 6 B N I V S p p F S 6 S N R f y R W t T I H i u e i l 8 E t z d C b e L g H O B E P Q k e M 5 H o k V r 4 U 0 0 S z w y F K W q m J y H 4 V X 0 + n M I 7 9 r h Z D h i U P 0 e f U 3 S s L D x G t r v X C 2 W g m r V e Q n 0 M o W 1 L S S 0 0 c L d k o X d 9 u 2 P L L r 4 t 8 5 z 0 r K q T Y R 6 v q r Z X y g c m 8 d 8 9 M z f N r l m k r z p L R o S 2 5 E 4 w 7 k 9 8 5 n J w c t y C q x / a 0 k h o H f w K 8 e O T s b K m A 3 n 4 f B / H r 2 Y G W 0 A k F 4 w X c 1 B d P O v u E 7 L O h j q y z b v K u L 6 b S v 3 s X r u F M H U m w 5 t f 7 q i W z r R 8 5 K 2 m x H R 8 8 H 6 A Y y B 9 A d s u g j t x r + 1 C D L U 4 c M 1 J s C / 5 r n q k 9 0 K 2 d n e W S V n e W P D 7 e w z / 7 K 8 r u U 3 K f r n r K k m j M w S J Y v t E S S U I Q P p r J 3 Z K L 9 C W v 7 + D 8 V q y N o u g f i N g h J m 5 2 Y / J P z d T I e M T m 4 N T d v U E s B A i 0 A F A A C A A g A l l J D X E g Z o F 6 l A A A A 9 w A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A J Z S Q 1 w P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P E A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A l l J D X P y J e i q 8 A Q A A g Q M A A B M A A A A A A A A A A A A A A A A A 4 g E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A 6 w M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + 1 x I A A A A A A A C 1 E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z N m I y Y T g 4 N W Q t Z m Q 2 Y y 0 0 Z D c x L W J j M m Y t N W I x N 2 N l M T Z m M T Y 3 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 3 R p d G x l X 2 x p c 3 R f M T M 5 N D Y z I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D I 1 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 2 L T A y L T A z V D E 1 O j I w O j Q 1 L j U 3 M D c w N z Z a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q X d Z R 0 J n W U d C Z 1 l H Q m d Z S E J 3 W T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 V G V y b S B J R C Z x d W 9 0 O y w m c X V v d D t O Y W 1 l W z I y N j Q y O T F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l c 2 9 1 c m N l I F R 5 c G V b M j I 2 N D I 5 N F 0 m c X V v d D s s J n F 1 b 3 Q 7 S V N T T l s y M j Y 0 M z A w X S Z x d W 9 0 O y w m c X V v d D t P Q 0 x D W z I y N j Q z M D F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y N j Q z M D J d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B 1 Y m x p c 2 h l c l s y M j Y 0 M z A z X S Z x d W 9 0 O y w m c X V v d D t G c m V x d W V u Y 3 l b M j I 2 N D M w N F 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 b M j I 2 N D M w N V 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y N j Q z M D Z d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 p T V E 9 S I F V S T C Z x d W 9 0 O y w m c X V v d D t F Y X J s a W V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 x h d G V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M j I 2 N D I 5 M V 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M j k 0 X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z I y N j Q z M D B d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M j I 2 N D M w M V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M w M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z I y N j Q z M D N d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z A 0 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s y M j Y 0 M z A 1 X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M w N l 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z I y N j Q y O T F d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M j I 2 N D I 5 N F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s y M j Y 0 M z A w X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z I y N j Q z M D F d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y N j Q z M D J d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s y M j Y 0 M z A z X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M j I 2 N D M w N F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M j I 2 N D M w N V 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y N j Q z M D Z d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A M B 6 Z W a Z c v N D r w k D u s s Y j O c A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A 0 6 d M F Y B K a z v J j c Y y L V V D R 9 R 9 2 e 8 L Y k 0 G 0 U 4 D F Z C L m 2 Q A A A A A D o A A A A A C A A A g A A A A w e h K H Z 7 0 m N N D / o / O S 3 3 7 d D P X Y c I 5 r A d x h N l b l W / B E e p Q A A A A Q A E j Q F S o k F F 6 N U B c 6 Q C / l W 8 6 T J y y h H I f y O Q T o y 6 o n J f 2 b 4 V e S 4 M D I h 3 t + a y K T j s N m U h d z 7 J s B I + b V N D W U T Y M B Q a L F J 6 R 2 S 7 6 b m G d j J d d d C p A A A A A N i s w 3 e U B y x o q Q F m F t w p j v 4 + i f B A H g Y T 2 n d O y 2 y 2 k + i n D 1 E P r t j 3 m D i S B g E / Y M K G Y k c I j c N C 0 K h Y A l o m 5 i W / Z d w = = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M M E A A B Q S w M E F A A C A A g A h k 1 i X E g Z o F 6 l A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P x A S Q 0 p Z u J X E h G j c N q V C I 3 w Y W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 n g + d W 1 w 0 Y M 1 P W S I Y Y o C D a q v D N Q Z G t 0 x X K F c 8 K 1 U J 1 n r Y J b B p p O t M t Q 4 d 0 4 J 8 d 5 j H + N + q E l E K S O H Y l O q R n c S f W T z X w 4 N W C d B a S T 4 / j V G R J g l F D O a x J h y s l B e G P g a 0 T z 4 2 f 5 A v h 5 b N w 5 a a A h 3 J S d L 5 O R 9 Q j w A U E s D B B Q A A g A I A I Z N Y l w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A C G T W J c / I l 6 K r w B A A C B A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Z L L b p t A F I b 3 l v w O I 7 L B E k G + E K Q 0 Y t G C o 7 q y H B f I y m Q x g R N 7 p L m k M w c 3 l p V 3 z x C I k g q k s p m Z 8 3 / 6 z 4 V j o E S m J M n a c 3 Y z H o 1 H 5 k A 1 V O T C Q Y Y c L j k z e D l b X A f h w i E R 4 Y D j E b F f p m p d g o 3 E 5 u g n q q w F S H R v G Q c / V h L t w 7 h O / K 2 4 N 6 B N I V S p p F S 6 S N R f y R W t T I H i u e i l 8 E t z d C b e L g H O B E P Q k e M 5 H o k V r 4 U 0 0 S z w y F K W q m J y H 4 V X 0 + n M I 7 9 r h Z D h i U P 0 e f U 3 S s L D x G t r v X C 2 W g m r V e Q n 0 M o W 1 L S S 0 0 c L d k o X d 9 u 2 P L L r 4 t 8 5 z 0 r K q T Y R 6 v q r Z X y g c m 8 d 8 9 M z f N r l m k r z p L R o S 2 5 E 4 w 7 k 9 8 5 n J w c t y C q x / a 0 k h o H f w K 8 e O T s b K m A 3 n 4 f B / H r 2 Y G W 0 A k F 4 w X c 1 B d P O v u E 7 L O h j q y z b v K u L 6 b S v 3 s X r u F M H U m w 5 t f 7 q i W z r R 8 5 K 2 m x H R 8 8 H 6 A Y y B 9 A d s u g j t x r + 1 C D L U 4 c M 1 J s C / 5 r n q k 9 0 K 2 d n e W S V n e W P D 7 e w z / 7 K 8 r u U 3 K f r n r K k m j M w S J Y v t E S S U I Q P p r J 3 Z K L 9 C W v 7 + D 8 V q y N o u g f i N g h J m 5 2 Y / J P z d T I e M T m 4 N T d v U E s B A i 0 A F A A C A A g A h k 1 i X E g Z o F 6 l A A A A 9 w A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A I Z N Y l w P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P E A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A h k 1 i X P y J e i q 8 A Q A A g Q M A A B M A A A A A A A A A A A A A A A A A 4 g E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A 6 w M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + 1 x I A A A A A A A C 1 E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z N T h j N D R m Y 2 M t N T N k Z i 0 0 O T l h L T k z M D I t Y W I 4 N j d i M 2 I 1 Y 2 M 5 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 3 R p d G x l X 2 x p c 3 R f M T M 5 N D Y z I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D M w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 2 L T A z L T A y V D E 0 O j Q 0 O j E z L j Y 3 M T E x N D l a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q X d Z R 0 J n W U d C Z 1 l H Q m d Z S E J 3 W T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 V G V y b S B J R C Z x d W 9 0 O y w m c X V v d D t O Y W 1 l W z I y N j Q y O T F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l c 2 9 1 c m N l I F R 5 c G V b M j I 2 N D I 5 N F 0 m c X V v d D s s J n F 1 b 3 Q 7 S V N T T l s y M j Y 0 M z A w X S Z x d W 9 0 O y w m c X V v d D t P Q 0 x D W z I y N j Q z M D F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y N j Q z M D J d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B 1 Y m x p c 2 h l c l s y M j Y 0 M z A z X S Z x d W 9 0 O y w m c X V v d D t G c m V x d W V u Y 3 l b M j I 2 N D M w N F 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 b M j I 2 N D M w N V 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y N j Q z M D Z d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 p T V E 9 S I F V S T C Z x d W 9 0 O y w m c X V v d D t F Y X J s a W V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 x h d G V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M j I 2 N D I 5 M V 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M j k 0 X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z I y N j Q z M D B d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M j I 2 N D M w M V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M w M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z I y N j Q z M D N d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z A 0 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s y M j Y 0 M z A 1 X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M w N l 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z I y N j Q y O T F d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M j I 2 N D I 5 N F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s y M j Y 0 M z A w X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z I y N j Q z M D F d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y N j Q z M D J d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s y M j Y 0 M z A z X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M j I 2 N D M w N F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M j I 2 N D M w N V 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y N j Q z M D Z d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A O A q 7 Y 0 n u s l A p i x S t Q p S 1 t 8 A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A R X c G 3 v I m d 7 C v O s i p F q 0 V 1 r V e O H D + k j j O O v R p P 5 t b 1 K I A A A A A D o A A A A A C A A A g A A A A o y K v 8 i v 8 A B u v M i S g A + E H J r R W J H 0 3 U n E d J H v j 2 M v 1 s W p Q A A A A w v r v e c N z u W b T N l J R j z A w j a 6 H N S o f g k m l w 9 t r L f r P U V d S 2 j y B T A B m 2 D 3 Z f Q G I P k l x q J X p 5 a 5 G i / 6 u j z t Z r H E Q E i 8 S A Z x V w K q y Q e W 5 f 5 P b e I p A A A A A K + 3 1 U T n 0 e 1 h e E h q a F z z P y L Z R 3 G C E 5 j u j 4 Z / 3 D s n D 5 P W W E D u i t w 5 A x g X u h h W S 1 W T z R F 3 s L j a / V X g F T n 8 L d c t n n Q = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98D0D8D1-E166-4E35-8802-910FB1605F57}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07BDB4B6-B6C4-4EB4-B8B1-63F5F16C77DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-139463</vt:lpstr>
     </vt:vector>