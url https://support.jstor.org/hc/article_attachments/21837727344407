--- v1 (2025-12-05)
+++ v2 (2026-01-27)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2F539807-09BE-4E1F-870B-4423456D562C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{496A65A5-1D9B-4CC2-BFA2-C2614D28043D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{134387BB-987F-4738-9CBD-0540D3EDAA6A}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{99C503A0-5BCD-4E86-B6DB-293245C7D0F5}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-60901" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-60901'!$A$1:$N$240</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{FCDC9507-7C24-49B2-B005-47020710BB69}" keepAlive="1" name="Query - title-list-60901" description="Connection to the 'title-list-60901' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{567DF5D6-D46A-4E6D-A120-D7B72C29C566}" keepAlive="1" name="Query - title-list-60901" description="Connection to the 'title-list-60901' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-60901;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-60901]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2643" uniqueCount="1335">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[1146457]</t>
   </si>
   <si>
     <t>Resource Type[1146460]</t>
   </si>
   <si>
     <t>ISSN[1147578]</t>
   </si>
   <si>
     <t>OCLC[1147579]</t>
   </si>
   <si>
     <t>Place of Publication[1147582]</t>
   </si>
@@ -4106,147 +4106,147 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="13">
     <dxf>
       <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="0" formatCode="General"/>
+      <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{0BF81B77-0D0D-4ABE-AAA9-4350A422213D}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{33103E3A-B6E4-43EE-A532-195C1826F4F0}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="15">
     <queryTableFields count="14">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[1146457]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[1146460]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[1147578]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[1147579]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[1147582]" tableColumnId="6"/>
       <queryTableField id="7" name="Publisher[1147581]" tableColumnId="7"/>
       <queryTableField id="8" name="Frequency[1149788]" tableColumnId="8"/>
       <queryTableField id="9" name="Relation[1176363]" tableColumnId="9"/>
       <queryTableField id="10" name="Source Provided By[1147583]" tableColumnId="10"/>
       <queryTableField id="11" name="JSTOR URL" tableColumnId="11"/>
       <queryTableField id="12" name="Earliest Exact Date" tableColumnId="12"/>
       <queryTableField id="13" name="Latest Exact Date" tableColumnId="13"/>
       <queryTableField id="14" name="Coverage (Date Range)" tableColumnId="14"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{F7279895-0BA6-4DAD-B50F-8684FA0DBFE6}" name="title_list_60901" displayName="title_list_60901" ref="A1:N240" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:N240" xr:uid="{F7279895-0BA6-4DAD-B50F-8684FA0DBFE6}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A1DE5F3B-97EC-44E3-9A47-17651F137516}" name="title_list_60901" displayName="title_list_60901" ref="A1:N240" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:N240" xr:uid="{A1DE5F3B-97EC-44E3-9A47-17651F137516}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N240">
     <sortCondition ref="B1:B240"/>
   </sortState>
   <tableColumns count="14">
-    <tableColumn id="1" xr3:uid="{D3CED270-87EC-47D8-8BD6-A0C32BB61EEF}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...12 lines deleted...]
-    <tableColumn id="14" xr3:uid="{DF9204A8-7DDD-407C-9CBC-35300C8D6E6C}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{C098A037-5AC3-4F03-9D8B-5166094261EC}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{51B74AA6-B434-4B10-88D7-D1570F7C9795}" uniqueName="2" name="Name[1146457]" queryTableFieldId="2" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{19D3022F-2AB0-445C-A78A-608EFD7DBE31}" uniqueName="3" name="Resource Type[1146460]" queryTableFieldId="3" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{83B3DE7B-1857-4D69-BA60-926F37D72A9B}" uniqueName="4" name="ISSN[1147578]" queryTableFieldId="4" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{8F44C271-4FFA-46AB-B1C1-5B187F216FD1}" uniqueName="5" name="OCLC[1147579]" queryTableFieldId="5" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{CA01B930-F7CB-4F71-84FF-8077799DDEFB}" uniqueName="6" name="Place of Publication[1147582]" queryTableFieldId="6" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{794D63EF-7595-41B7-B611-5260E8D92292}" uniqueName="7" name="Publisher[1147581]" queryTableFieldId="7" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{EE5F20EC-E31B-44F7-8741-FC508DCCE650}" uniqueName="8" name="Frequency[1149788]" queryTableFieldId="8" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{FD9A97CD-1C3B-4D13-A809-0DD6408C9938}" uniqueName="9" name="Relation[1176363]" queryTableFieldId="9" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{79F0BE91-4409-4AE7-805D-7DDCAC2E58B4}" uniqueName="10" name="Source Provided By[1147583]" queryTableFieldId="10" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{B00C576F-B1C8-4358-80A7-C95CF4250C89}" uniqueName="11" name="JSTOR URL" queryTableFieldId="11" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{34FC4D21-0143-44A5-BB91-4F2D3639FCBE}" uniqueName="12" name="Earliest Exact Date" queryTableFieldId="12" dataDxfId="2"/>
+    <tableColumn id="13" xr3:uid="{ECCB7F80-5644-4B51-A95E-A161ED661F4C}" uniqueName="13" name="Latest Exact Date" queryTableFieldId="13" dataDxfId="1"/>
+    <tableColumn id="14" xr3:uid="{50CA5C32-1A44-4C6F-B09E-626960A36599}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -4528,10642 +4528,10642 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C447735D-D149-4B58-B02E-76874AB764FF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{375CFFF1-BFF6-4585-8D7E-818D1ED89201}">
   <dimension ref="A1:N240"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="53" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="26.36328125" bestFit="1" customWidth="1"/>
     <col min="9" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.453125" style="2" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="22.08984375" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="22.08984375" style="2" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="N1" t="s">
+      <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A2">
         <v>30018422</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>741</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="L2" s="2">
         <v>26024</v>
       </c>
       <c r="M2" s="2">
         <v>26390</v>
       </c>
-      <c r="N2" s="1" t="s">
+      <c r="N2" s="2" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3">
         <v>34590489</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>634</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>635</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>636</v>
       </c>
       <c r="L3" s="2">
         <v>9832</v>
       </c>
       <c r="M3" s="2">
         <v>23437</v>
       </c>
-      <c r="N3" s="1" t="s">
+      <c r="N3" s="2" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4">
         <v>35973033</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>203</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>205</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>206</v>
       </c>
       <c r="L4" s="2">
         <v>12328</v>
       </c>
       <c r="M4" s="2">
         <v>12328</v>
       </c>
-      <c r="N4" s="1" t="s">
+      <c r="N4" s="2" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5">
         <v>35261097</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>371</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>365</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>373</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>309</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>374</v>
       </c>
       <c r="L5" s="2">
         <v>2051</v>
       </c>
       <c r="M5" s="2">
         <v>2779</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="N5" s="2" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6">
         <v>29237588</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>1309</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>1311</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="L6" s="2">
         <v>28734</v>
       </c>
       <c r="M6" s="2">
         <v>30682</v>
       </c>
-      <c r="N6" s="1" t="s">
+      <c r="N6" s="2" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7">
         <v>32393192</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="J7" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="L7" s="2">
         <v>14970</v>
       </c>
       <c r="M7" s="2">
         <v>15036</v>
       </c>
-      <c r="N7" s="1" t="s">
+      <c r="N7" s="2" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8">
         <v>32393191</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J8" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="L8" s="2">
         <v>28856</v>
       </c>
       <c r="M8" s="2">
         <v>41640</v>
       </c>
-      <c r="N8" s="1" t="s">
+      <c r="N8" s="2" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9">
         <v>32388132</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="L9" s="2">
         <v>19628</v>
       </c>
       <c r="M9" s="2">
         <v>44501</v>
       </c>
-      <c r="N9" s="1" t="s">
+      <c r="N9" s="2" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10">
         <v>32397503</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>993</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>994</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>995</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>996</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>997</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>308</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>998</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>999</v>
       </c>
       <c r="L10" s="2">
         <v>18913</v>
       </c>
       <c r="M10" s="2">
         <v>26299</v>
       </c>
-      <c r="N10" s="1" t="s">
+      <c r="N10" s="2" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11">
         <v>37993349</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>61</v>
       </c>
       <c r="L11" s="2">
         <v>32417</v>
       </c>
       <c r="M11" s="2">
         <v>32478</v>
       </c>
-      <c r="N11" s="1" t="s">
+      <c r="N11" s="2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12">
         <v>39333054</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2">
         <v>45474</v>
       </c>
       <c r="M12" s="2">
         <v>45566</v>
       </c>
-      <c r="N12" s="1" t="s">
+      <c r="N12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13">
         <v>32587528</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>863</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>864</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>865</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>866</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J13" s="1" t="s">
         <v>860</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>867</v>
       </c>
       <c r="L13" s="2">
         <v>27426</v>
       </c>
       <c r="M13" s="2">
         <v>27515</v>
       </c>
-      <c r="N13" s="1" t="s">
+      <c r="N13" s="2" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14">
         <v>32582034</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>868</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>869</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>870</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>871</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>872</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>873</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>874</v>
       </c>
       <c r="L14" s="2">
         <v>7985</v>
       </c>
       <c r="M14" s="2">
         <v>15646</v>
       </c>
-      <c r="N14" s="1" t="s">
+      <c r="N14" s="2" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15">
         <v>35237895</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>377</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>270</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>378</v>
       </c>
       <c r="L15" s="2">
         <v>23012</v>
       </c>
       <c r="M15" s="2">
         <v>23012</v>
       </c>
-      <c r="N15" s="1" t="s">
+      <c r="N15" s="2" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16">
         <v>35468701</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>354</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>355</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>356</v>
       </c>
       <c r="L16" s="2">
         <v>27061</v>
       </c>
       <c r="M16" s="2">
         <v>27273</v>
       </c>
-      <c r="N16" s="1" t="s">
+      <c r="N16" s="2" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17">
         <v>30002473</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J17" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>1201</v>
       </c>
       <c r="L17" s="2">
         <v>24047</v>
       </c>
       <c r="M17" s="2">
         <v>28976</v>
       </c>
-      <c r="N17" s="1" t="s">
+      <c r="N17" s="2" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18">
         <v>33292887</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>800</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>801</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>796</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J18" s="1" t="s">
         <v>797</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>802</v>
       </c>
       <c r="L18" s="2">
         <v>31051</v>
       </c>
       <c r="M18" s="2">
         <v>34775</v>
       </c>
-      <c r="N18" s="1" t="s">
+      <c r="N18" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19">
         <v>36059087</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>195</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>196</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>197</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>198</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>200</v>
       </c>
       <c r="L19" s="2">
         <v>-2373</v>
       </c>
       <c r="M19" s="2">
         <v>-2373</v>
       </c>
-      <c r="N19" s="1" t="s">
+      <c r="N19" s="2" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20">
         <v>35136810</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>457</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>458</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J20" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>460</v>
       </c>
       <c r="L20" s="2">
         <v>18019</v>
       </c>
       <c r="M20" s="2">
         <v>22981</v>
       </c>
-      <c r="N20" s="1" t="s">
+      <c r="N20" s="2" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21">
         <v>35153583</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>411</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>412</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>413</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>415</v>
       </c>
       <c r="L21" s="2">
         <v>14458</v>
       </c>
       <c r="M21" s="2">
         <v>15950</v>
       </c>
-      <c r="N21" s="1" t="s">
+      <c r="N21" s="2" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22">
         <v>30002478</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J22" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="L22" s="2">
         <v>22372</v>
       </c>
       <c r="M22" s="2">
         <v>26268</v>
       </c>
-      <c r="N22" s="1" t="s">
+      <c r="N22" s="2" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23">
         <v>32397495</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>965</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>966</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>959</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>960</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>967</v>
       </c>
       <c r="L23" s="2">
         <v>27096</v>
       </c>
       <c r="M23" s="2">
         <v>27208</v>
       </c>
-      <c r="N23" s="1" t="s">
+      <c r="N23" s="2" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24">
         <v>35468702</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>357</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>360</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J24" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>361</v>
       </c>
       <c r="L24" s="2">
         <v>36161</v>
       </c>
       <c r="M24" s="2">
         <v>36161</v>
       </c>
-      <c r="N24" s="1" t="s">
+      <c r="N24" s="2" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25">
         <v>29695944</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>1236</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>1237</v>
       </c>
       <c r="J25" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>1239</v>
       </c>
       <c r="L25" s="2">
         <v>25294</v>
       </c>
       <c r="M25" s="2">
         <v>26634</v>
       </c>
-      <c r="N25" s="1" t="s">
+      <c r="N25" s="2" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26">
         <v>29566444</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="L26" s="2">
         <v>22494</v>
       </c>
       <c r="M26" s="2">
         <v>24563</v>
       </c>
-      <c r="N26" s="1" t="s">
+      <c r="N26" s="2" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A27">
         <v>32393193</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>283</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J27" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="L27" s="2">
         <v>36008</v>
       </c>
       <c r="M27" s="2">
         <v>44621</v>
       </c>
-      <c r="N27" s="1" t="s">
+      <c r="N27" s="2" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A28">
         <v>35136811</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>450</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>451</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>452</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>453</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J28" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>454</v>
       </c>
       <c r="L28" s="2">
         <v>17146</v>
       </c>
       <c r="M28" s="2">
         <v>18028</v>
       </c>
-      <c r="N28" s="1" t="s">
+      <c r="N28" s="2" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A29">
         <v>35132406</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>462</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>463</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>464</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J29" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>466</v>
       </c>
       <c r="L29" s="2">
         <v>17654</v>
       </c>
       <c r="M29" s="2">
         <v>19085</v>
       </c>
-      <c r="N29" s="1" t="s">
+      <c r="N29" s="2" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A30">
         <v>34686768</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J30" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>549</v>
       </c>
       <c r="L30" s="2">
         <v>21551</v>
       </c>
       <c r="M30" s="2">
         <v>21916</v>
       </c>
-      <c r="N30" s="1" t="s">
+      <c r="N30" s="2" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A31">
         <v>35476123</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>344</v>
       </c>
       <c r="J31" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>345</v>
       </c>
       <c r="L31" s="2">
         <v>27426</v>
       </c>
       <c r="M31" s="2">
         <v>27546</v>
       </c>
-      <c r="N31" s="1" t="s">
+      <c r="N31" s="2" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A32">
         <v>34590490</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>639</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>640</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>641</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J32" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>642</v>
       </c>
       <c r="L32" s="2">
         <v>36495</v>
       </c>
       <c r="M32" s="2">
         <v>38749</v>
       </c>
-      <c r="N32" s="1" t="s">
+      <c r="N32" s="2" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A33">
         <v>35012372</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>505</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>506</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>504</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J33" s="1" t="s">
         <v>504</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>507</v>
       </c>
       <c r="L33" s="2">
         <v>37073</v>
       </c>
       <c r="M33" s="2">
         <v>45047</v>
       </c>
-      <c r="N33" s="1" t="s">
+      <c r="N33" s="2" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A34">
         <v>38518212</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J34" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K34" s="1" t="s">
         <v>31</v>
       </c>
       <c r="L34" s="2">
         <v>29160</v>
       </c>
       <c r="M34" s="2">
         <v>33451</v>
       </c>
-      <c r="N34" s="1" t="s">
+      <c r="N34" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A35">
         <v>35476122</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>340</v>
       </c>
       <c r="J35" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>341</v>
       </c>
       <c r="L35" s="2">
         <v>27364</v>
       </c>
       <c r="M35" s="2">
         <v>27364</v>
       </c>
-      <c r="N35" s="1" t="s">
+      <c r="N35" s="2" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A36">
         <v>29566436</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>1261</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>1263</v>
       </c>
       <c r="J36" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>1264</v>
       </c>
       <c r="L36" s="2">
         <v>26390</v>
       </c>
       <c r="M36" s="2">
         <v>27181</v>
       </c>
-      <c r="N36" s="1" t="s">
+      <c r="N36" s="2" t="s">
         <v>1265</v>
       </c>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A37">
         <v>32397496</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>968</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>969</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>970</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J37" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>971</v>
       </c>
       <c r="L37" s="2">
         <v>27061</v>
       </c>
       <c r="M37" s="2">
         <v>27426</v>
       </c>
-      <c r="N37" s="1" t="s">
+      <c r="N37" s="2" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A38">
         <v>29566441</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>1287</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J38" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="K38" s="1" t="s">
         <v>1291</v>
       </c>
       <c r="L38" s="2">
         <v>12267</v>
       </c>
       <c r="M38" s="2">
         <v>12420</v>
       </c>
-      <c r="N38" s="1" t="s">
+      <c r="N38" s="2" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A39">
         <v>34319029</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>696</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>697</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J39" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K39" s="1" t="s">
         <v>698</v>
       </c>
       <c r="L39" s="2">
         <v>21916</v>
       </c>
       <c r="M39" s="2">
         <v>23833</v>
       </c>
-      <c r="N39" s="1" t="s">
+      <c r="N39" s="2" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A40">
         <v>32393195</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J40" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="L40" s="2">
         <v>36678</v>
       </c>
       <c r="M40" s="2">
         <v>44927</v>
       </c>
-      <c r="N40" s="1" t="s">
+      <c r="N40" s="2" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A41">
         <v>35203742</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>387</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>388</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>389</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>391</v>
       </c>
       <c r="J41" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>392</v>
       </c>
       <c r="L41" s="2">
         <v>31837</v>
       </c>
       <c r="M41" s="2">
         <v>32629</v>
       </c>
-      <c r="N41" s="1" t="s">
+      <c r="N41" s="2" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A42">
         <v>35153585</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>426</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>427</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>428</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>429</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>430</v>
       </c>
       <c r="J42" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>431</v>
       </c>
       <c r="L42" s="2">
         <v>10533</v>
       </c>
       <c r="M42" s="2">
         <v>11658</v>
       </c>
-      <c r="N42" s="1" t="s">
+      <c r="N42" s="2" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A43">
         <v>35153584</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>417</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>418</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>419</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>421</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>422</v>
       </c>
       <c r="J43" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>424</v>
       </c>
       <c r="L43" s="2">
         <v>16285</v>
       </c>
       <c r="M43" s="2">
         <v>25020</v>
       </c>
-      <c r="N43" s="1" t="s">
+      <c r="N43" s="2" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A44">
         <v>32811946</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>815</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>816</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>585</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>817</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>818</v>
       </c>
       <c r="J44" s="1" t="s">
         <v>586</v>
       </c>
       <c r="K44" s="1" t="s">
         <v>819</v>
       </c>
       <c r="L44" s="2">
         <v>20723</v>
       </c>
       <c r="M44" s="2">
         <v>25720</v>
       </c>
-      <c r="N44" s="1" t="s">
+      <c r="N44" s="2" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A45">
         <v>35132405</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>468</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>469</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>413</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>470</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>471</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J45" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>472</v>
       </c>
       <c r="L45" s="2">
         <v>19906</v>
       </c>
       <c r="M45" s="2">
         <v>24442</v>
       </c>
-      <c r="N45" s="1" t="s">
+      <c r="N45" s="2" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A46">
         <v>35476124</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>348</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J46" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>351</v>
       </c>
       <c r="L46" s="2">
         <v>32051</v>
       </c>
       <c r="M46" s="2">
         <v>32051</v>
       </c>
-      <c r="N46" s="1" t="s">
+      <c r="N46" s="2" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A47">
         <v>32493202</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>881</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>882</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>883</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>884</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>885</v>
       </c>
       <c r="J47" s="1" t="s">
         <v>886</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>887</v>
       </c>
       <c r="L47" s="2">
         <v>14181</v>
       </c>
       <c r="M47" s="2">
         <v>26846</v>
       </c>
-      <c r="N47" s="1" t="s">
+      <c r="N47" s="2" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A48">
         <v>32397500</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>984</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J48" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>985</v>
       </c>
       <c r="L48" s="2">
         <v>25507</v>
       </c>
       <c r="M48" s="2">
         <v>25549</v>
       </c>
-      <c r="N48" s="1" t="s">
+      <c r="N48" s="2" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A49">
         <v>32397499</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>980</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>981</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J49" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>982</v>
       </c>
       <c r="L49" s="2">
         <v>25584</v>
       </c>
       <c r="M49" s="2">
         <v>27241</v>
       </c>
-      <c r="N49" s="1" t="s">
+      <c r="N49" s="2" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A50">
         <v>35944827</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>215</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>216</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>217</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J50" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>218</v>
       </c>
       <c r="L50" s="2">
         <v>30803</v>
       </c>
       <c r="M50" s="2">
         <v>34973</v>
       </c>
-      <c r="N50" s="1" t="s">
+      <c r="N50" s="2" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A51">
         <v>34250286</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>729</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>730</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>731</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J51" s="1" t="s">
         <v>731</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>732</v>
       </c>
       <c r="L51" s="2">
         <v>43809</v>
       </c>
       <c r="M51" s="2">
         <v>45624</v>
       </c>
-      <c r="N51" s="1" t="s">
+      <c r="N51" s="2" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A52">
         <v>35237896</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>379</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>380</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>282</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J52" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>381</v>
       </c>
       <c r="L52" s="2">
         <v>31444</v>
       </c>
       <c r="M52" s="2">
         <v>31809</v>
       </c>
-      <c r="N52" s="1" t="s">
+      <c r="N52" s="2" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A53">
         <v>32399442</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>912</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>913</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>914</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>915</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J53" s="1" t="s">
         <v>916</v>
       </c>
       <c r="K53" s="1" t="s">
         <v>917</v>
       </c>
       <c r="L53" s="2">
         <v>42736</v>
       </c>
       <c r="M53" s="2">
         <v>43466</v>
       </c>
-      <c r="N53" s="1" t="s">
+      <c r="N53" s="2" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A54">
         <v>37841529</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>88</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>89</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>90</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J54" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="L54" s="2">
         <v>32387</v>
       </c>
       <c r="M54" s="2">
         <v>34029</v>
       </c>
-      <c r="N54" s="1" t="s">
+      <c r="N54" s="2" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A55">
         <v>31714528</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J55" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="L55" s="2">
         <v>27075</v>
       </c>
       <c r="M55" s="2">
         <v>28065</v>
       </c>
-      <c r="N55" s="1" t="s">
+      <c r="N55" s="2" t="s">
         <v>1135</v>
       </c>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A56">
         <v>36585847</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>157</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>159</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J56" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>160</v>
       </c>
       <c r="L56" s="2">
         <v>38108</v>
       </c>
       <c r="M56" s="2">
         <v>40360</v>
       </c>
-      <c r="N56" s="1" t="s">
+      <c r="N56" s="2" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A57">
         <v>32393189</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J57" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="L57" s="2">
         <v>29403</v>
       </c>
       <c r="M57" s="2">
         <v>30956</v>
       </c>
-      <c r="N57" s="1" t="s">
+      <c r="N57" s="2" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A58">
         <v>32399443</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>919</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>920</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>921</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>922</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J58" s="1" t="s">
         <v>923</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>924</v>
       </c>
       <c r="L58" s="2">
         <v>40391</v>
       </c>
       <c r="M58" s="2">
         <v>45717</v>
       </c>
-      <c r="N58" s="1" t="s">
+      <c r="N58" s="2" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A59">
         <v>32967973</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>807</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J59" s="1" t="s">
         <v>804</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>808</v>
       </c>
       <c r="L59" s="2">
         <v>13873</v>
       </c>
       <c r="M59" s="2">
         <v>13873</v>
       </c>
-      <c r="N59" s="1" t="s">
+      <c r="N59" s="2" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A60">
         <v>34656741</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>587</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>588</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>589</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J60" s="1" t="s">
         <v>591</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>592</v>
       </c>
       <c r="L60" s="2">
         <v>22433</v>
       </c>
       <c r="M60" s="2">
         <v>23682</v>
       </c>
-      <c r="N60" s="1" t="s">
+      <c r="N60" s="2" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A61">
         <v>32717263</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>845</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>846</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>847</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J61" s="1" t="s">
         <v>825</v>
       </c>
       <c r="K61" s="1" t="s">
         <v>848</v>
       </c>
       <c r="L61" s="2">
         <v>32721</v>
       </c>
       <c r="M61" s="2">
         <v>33329</v>
       </c>
-      <c r="N61" s="1" t="s">
+      <c r="N61" s="2" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A62">
         <v>33523913</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>787</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>788</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>789</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>790</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>791</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J62" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>792</v>
       </c>
       <c r="L62" s="2">
         <v>29077</v>
       </c>
       <c r="M62" s="2">
         <v>30444</v>
       </c>
-      <c r="N62" s="1" t="s">
+      <c r="N62" s="2" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A63">
         <v>34686769</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>551</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>552</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>434</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>553</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J63" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>555</v>
       </c>
       <c r="L63" s="2">
         <v>22637</v>
       </c>
       <c r="M63" s="2">
         <v>25986</v>
       </c>
-      <c r="N63" s="1" t="s">
+      <c r="N63" s="2" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A64">
         <v>35604124</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>291</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>292</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>293</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J64" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>294</v>
       </c>
       <c r="L64" s="2">
         <v>12693</v>
       </c>
       <c r="M64" s="2">
         <v>31809</v>
       </c>
-      <c r="N64" s="1" t="s">
+      <c r="N64" s="2" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A65">
         <v>35150108</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>434</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>435</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J65" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>436</v>
       </c>
       <c r="L65" s="2">
         <v>14711</v>
       </c>
       <c r="M65" s="2">
         <v>17227</v>
       </c>
-      <c r="N65" s="1" t="s">
+      <c r="N65" s="2" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A66">
         <v>32388125</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="J66" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="L66" s="2">
         <v>41456</v>
       </c>
       <c r="M66" s="2">
         <v>42644</v>
       </c>
-      <c r="N66" s="1" t="s">
+      <c r="N66" s="2" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A67">
         <v>32388123</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="J67" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="L67" s="2">
         <v>41244</v>
       </c>
       <c r="M67" s="2">
         <v>41395</v>
       </c>
-      <c r="N67" s="1" t="s">
+      <c r="N67" s="2" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A68">
         <v>29566433</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>1243</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J68" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="L68" s="2">
         <v>13089</v>
       </c>
       <c r="M68" s="2">
         <v>14946</v>
       </c>
-      <c r="N68" s="1" t="s">
+      <c r="N68" s="2" t="s">
         <v>1246</v>
       </c>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A69">
         <v>32717276</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>840</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>841</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>823</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>824</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J69" s="1" t="s">
         <v>825</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>842</v>
       </c>
       <c r="L69" s="2">
         <v>38534</v>
       </c>
       <c r="M69" s="2">
         <v>41548</v>
       </c>
-      <c r="N69" s="1" t="s">
+      <c r="N69" s="2" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A70">
         <v>34256696</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>725</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>726</v>
       </c>
       <c r="J70" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>727</v>
       </c>
       <c r="L70" s="2">
         <v>29587</v>
       </c>
       <c r="M70" s="2">
         <v>31747</v>
       </c>
-      <c r="N70" s="1" t="s">
+      <c r="N70" s="2" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A71">
         <v>34807037</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>521</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>522</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>523</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J71" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>524</v>
       </c>
       <c r="L71" s="2">
         <v>30833</v>
       </c>
       <c r="M71" s="2">
         <v>32112</v>
       </c>
-      <c r="N71" s="1" t="s">
+      <c r="N71" s="2" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A72">
         <v>34661888</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>573</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>451</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>574</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>575</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J72" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>576</v>
       </c>
       <c r="L72" s="2">
         <v>10395</v>
       </c>
       <c r="M72" s="2">
         <v>25689</v>
       </c>
-      <c r="N72" s="1" t="s">
+      <c r="N72" s="2" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A73">
         <v>34661889</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>579</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>580</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J73" s="1" t="s">
         <v>582</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>583</v>
       </c>
       <c r="L73" s="2">
         <v>18568</v>
       </c>
       <c r="M73" s="2">
         <v>29677</v>
       </c>
-      <c r="N73" s="1" t="s">
+      <c r="N73" s="2" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A74">
         <v>34319030</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>701</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>702</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>700</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J74" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>703</v>
       </c>
       <c r="L74" s="2">
         <v>26299</v>
       </c>
       <c r="M74" s="2">
         <v>26299</v>
       </c>
-      <c r="N74" s="1" t="s">
+      <c r="N74" s="2" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A75">
         <v>31572399</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J75" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="L75" s="2">
         <v>29016</v>
       </c>
       <c r="M75" s="2">
         <v>29058</v>
       </c>
-      <c r="N75" s="1" t="s">
+      <c r="N75" s="2" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A76">
         <v>36065161</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>189</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>191</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J76" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>193</v>
       </c>
       <c r="L76" s="2">
         <v>33756</v>
       </c>
       <c r="M76" s="2">
         <v>33756</v>
       </c>
-      <c r="N76" s="1" t="s">
+      <c r="N76" s="2" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A77">
         <v>34015009</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>756</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>757</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>758</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J77" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>759</v>
       </c>
       <c r="L77" s="2">
         <v>33298</v>
       </c>
       <c r="M77" s="2">
         <v>40817</v>
       </c>
-      <c r="N77" s="1" t="s">
+      <c r="N77" s="2" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A78">
         <v>35609811</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>280</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>282</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>283</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J78" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>284</v>
       </c>
       <c r="L78" s="2">
         <v>32203</v>
       </c>
       <c r="M78" s="2">
         <v>33239</v>
       </c>
-      <c r="N78" s="1" t="s">
+      <c r="N78" s="2" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A79">
         <v>37849210</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>83</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J79" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>85</v>
       </c>
       <c r="L79" s="2">
         <v>27912</v>
       </c>
       <c r="M79" s="2">
         <v>32112</v>
       </c>
-      <c r="N79" s="1" t="s">
+      <c r="N79" s="2" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A80">
         <v>35602389</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>297</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>298</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J80" s="1" t="s">
         <v>301</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>302</v>
       </c>
       <c r="L80" s="2">
         <v>24228</v>
       </c>
       <c r="M80" s="2">
         <v>27181</v>
       </c>
-      <c r="N80" s="1" t="s">
+      <c r="N80" s="2" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A81">
         <v>32395795</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J81" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="L81" s="2">
         <v>42826</v>
       </c>
       <c r="M81" s="2">
         <v>42826</v>
       </c>
-      <c r="N81" s="1" t="s">
+      <c r="N81" s="2" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A82">
         <v>34590491</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>644</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>645</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J82" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>646</v>
       </c>
       <c r="L82" s="2">
         <v>27273</v>
       </c>
       <c r="M82" s="2">
         <v>27515</v>
       </c>
-      <c r="N82" s="1" t="s">
+      <c r="N82" s="2" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A83">
         <v>35516002</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J83" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>316</v>
       </c>
       <c r="L83" s="2">
         <v>14611</v>
       </c>
       <c r="M83" s="2">
         <v>14611</v>
       </c>
-      <c r="N83" s="1" t="s">
+      <c r="N83" s="2" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A84">
         <v>30002474</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J84" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="K84" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="L84" s="2">
         <v>5814</v>
       </c>
       <c r="M84" s="2">
         <v>6027</v>
       </c>
-      <c r="N84" s="1" t="s">
+      <c r="N84" s="2" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A85">
         <v>35012370</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>493</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>494</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>495</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>496</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J85" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K85" s="1" t="s">
         <v>497</v>
       </c>
       <c r="L85" s="2">
         <v>27485</v>
       </c>
       <c r="M85" s="2">
         <v>31017</v>
       </c>
-      <c r="N85" s="1" t="s">
+      <c r="N85" s="2" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A86">
         <v>35645790</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>245</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>246</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>247</v>
       </c>
       <c r="J86" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K86" s="1" t="s">
         <v>248</v>
       </c>
       <c r="L86" s="2">
         <v>33420</v>
       </c>
       <c r="M86" s="2">
         <v>34578</v>
       </c>
-      <c r="N86" s="1" t="s">
+      <c r="N86" s="2" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A87">
         <v>29566439</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J87" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="K87" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="L87" s="2">
         <v>27912</v>
       </c>
       <c r="M87" s="2">
         <v>29129</v>
       </c>
-      <c r="N87" s="1" t="s">
+      <c r="N87" s="2" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A88">
         <v>35125857</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>475</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>413</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>476</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J88" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K88" s="1" t="s">
         <v>477</v>
       </c>
       <c r="L88" s="2">
         <v>18142</v>
       </c>
       <c r="M88" s="2">
         <v>25689</v>
       </c>
-      <c r="N88" s="1" t="s">
+      <c r="N88" s="2" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A89">
         <v>35203743</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>395</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>389</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>396</v>
       </c>
       <c r="J89" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K89" s="1" t="s">
         <v>397</v>
       </c>
       <c r="L89" s="2">
         <v>31199</v>
       </c>
       <c r="M89" s="2">
         <v>31778</v>
       </c>
-      <c r="N89" s="1" t="s">
+      <c r="N89" s="2" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A90">
         <v>34319026</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>681</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>682</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J90" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K90" s="1" t="s">
         <v>683</v>
       </c>
       <c r="L90" s="2">
         <v>26999</v>
       </c>
       <c r="M90" s="2">
         <v>32143</v>
       </c>
-      <c r="N90" s="1" t="s">
+      <c r="N90" s="2" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A91">
         <v>35141052</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>445</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>413</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>446</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J91" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K91" s="1" t="s">
         <v>447</v>
       </c>
       <c r="L91" s="2">
         <v>16072</v>
       </c>
       <c r="M91" s="2">
         <v>16954</v>
       </c>
-      <c r="N91" s="1" t="s">
+      <c r="N91" s="2" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A92">
         <v>34319025</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>673</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>674</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>676</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J92" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K92" s="1" t="s">
         <v>678</v>
       </c>
       <c r="L92" s="2">
         <v>3228</v>
       </c>
       <c r="M92" s="2">
         <v>8096</v>
       </c>
-      <c r="N92" s="1" t="s">
+      <c r="N92" s="2" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A93">
         <v>30002479</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J93" s="1" t="s">
         <v>1230</v>
       </c>
       <c r="K93" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="L93" s="2">
         <v>21551</v>
       </c>
       <c r="M93" s="2">
         <v>21551</v>
       </c>
-      <c r="N93" s="1" t="s">
+      <c r="N93" s="2" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A94">
         <v>34590492</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>648</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J94" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K94" s="1" t="s">
         <v>649</v>
       </c>
       <c r="L94" s="2">
         <v>27120</v>
       </c>
       <c r="M94" s="2">
         <v>27120</v>
       </c>
-      <c r="N94" s="1" t="s">
+      <c r="N94" s="2" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A95">
         <v>34661887</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>568</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>569</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>570</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J95" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K95" s="1" t="s">
         <v>571</v>
       </c>
       <c r="L95" s="2">
         <v>33573</v>
       </c>
       <c r="M95" s="2">
         <v>34608</v>
       </c>
-      <c r="N95" s="1" t="s">
+      <c r="N95" s="2" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A96">
         <v>35153582</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>405</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>406</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>407</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>408</v>
       </c>
       <c r="J96" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K96" s="1" t="s">
         <v>409</v>
       </c>
       <c r="L96" s="2">
         <v>30925</v>
       </c>
       <c r="M96" s="2">
         <v>33390</v>
       </c>
-      <c r="N96" s="1" t="s">
+      <c r="N96" s="2" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A97">
         <v>32399444</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>926</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>927</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>928</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>929</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J97" s="1" t="s">
         <v>916</v>
       </c>
       <c r="K97" s="1" t="s">
         <v>930</v>
       </c>
       <c r="L97" s="2">
         <v>42005</v>
       </c>
       <c r="M97" s="2">
         <v>43709</v>
       </c>
-      <c r="N97" s="1" t="s">
+      <c r="N97" s="2" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A98">
         <v>33523929</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>785</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>779</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J98" s="1" t="s">
         <v>781</v>
       </c>
       <c r="K98" s="1" t="s">
         <v>786</v>
       </c>
       <c r="L98" s="2">
         <v>25569</v>
       </c>
       <c r="M98" s="2">
         <v>26165</v>
       </c>
-      <c r="N98" s="1" t="s">
+      <c r="N98" s="2" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A99">
         <v>29566434</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>1247</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>1248</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>1251</v>
       </c>
       <c r="J99" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="K99" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="L99" s="2">
         <v>29578</v>
       </c>
       <c r="M99" s="2">
         <v>39052</v>
       </c>
-      <c r="N99" s="1" t="s">
+      <c r="N99" s="2" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A100">
         <v>34656742</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>595</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>589</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J100" s="1" t="s">
         <v>591</v>
       </c>
       <c r="K100" s="1" t="s">
         <v>596</v>
       </c>
       <c r="L100" s="2">
         <v>26299</v>
       </c>
       <c r="M100" s="2">
         <v>26665</v>
       </c>
-      <c r="N100" s="1" t="s">
+      <c r="N100" s="2" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A101">
         <v>34807035</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>510</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>511</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J101" s="1" t="s">
         <v>512</v>
       </c>
       <c r="K101" s="1" t="s">
         <v>513</v>
       </c>
       <c r="L101" s="2">
         <v>44896</v>
       </c>
       <c r="M101" s="2">
         <v>44958</v>
       </c>
-      <c r="N101" s="1" t="s">
+      <c r="N101" s="2" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A102">
         <v>34791466</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>543</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>544</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>545</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J102" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="1" t="s">
         <v>546</v>
       </c>
       <c r="L102" s="2">
         <v>31260</v>
       </c>
       <c r="M102" s="2">
         <v>32813</v>
       </c>
-      <c r="N102" s="1" t="s">
+      <c r="N102" s="2" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="103" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A103">
         <v>34807036</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>516</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>517</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J103" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K103" s="1" t="s">
         <v>518</v>
       </c>
       <c r="L103" s="2">
         <v>14366</v>
       </c>
       <c r="M103" s="2">
         <v>14580</v>
       </c>
-      <c r="N103" s="1" t="s">
+      <c r="N103" s="2" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A104">
         <v>37910014</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>71</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J104" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K104" s="1" t="s">
         <v>74</v>
       </c>
       <c r="L104" s="2">
         <v>32933</v>
       </c>
       <c r="M104" s="2">
         <v>37895</v>
       </c>
-      <c r="N104" s="1" t="s">
+      <c r="N104" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A105">
         <v>35193096</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>400</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J105" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="1" t="s">
         <v>402</v>
       </c>
       <c r="L105" s="2">
         <v>44896</v>
       </c>
       <c r="M105" s="2">
         <v>45474</v>
       </c>
-      <c r="N105" s="1" t="s">
+      <c r="N105" s="2" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A106">
         <v>36478656</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>163</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>164</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J106" s="1" t="s">
         <v>166</v>
       </c>
       <c r="K106" s="1" t="s">
         <v>167</v>
       </c>
       <c r="L106" s="2">
         <v>1583</v>
       </c>
       <c r="M106" s="2">
         <v>6484</v>
       </c>
-      <c r="N106" s="1" t="s">
+      <c r="N106" s="2" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A107">
         <v>34645334</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>606</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>607</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>580</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>608</v>
       </c>
       <c r="J107" s="1" t="s">
         <v>582</v>
       </c>
       <c r="K107" s="1" t="s">
         <v>609</v>
       </c>
       <c r="L107" s="2">
         <v>26665</v>
       </c>
       <c r="M107" s="2">
         <v>28126</v>
       </c>
-      <c r="N107" s="1" t="s">
+      <c r="N107" s="2" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A108">
         <v>35012371</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>500</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>501</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J108" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K108" s="1" t="s">
         <v>502</v>
       </c>
       <c r="L108" s="2">
         <v>3348</v>
       </c>
       <c r="M108" s="2">
         <v>3409</v>
       </c>
-      <c r="N108" s="1" t="s">
+      <c r="N108" s="2" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A109">
         <v>31570014</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J109" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K109" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="L109" s="2">
         <v>-791</v>
       </c>
       <c r="M109" s="2">
         <v>3532</v>
       </c>
-      <c r="N109" s="1" t="s">
+      <c r="N109" s="2" t="s">
         <v>1162</v>
       </c>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A110">
         <v>36605527</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J110" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="N110" s="1" t="s">
+      <c r="N110" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A111">
         <v>30018421</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J111" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="K111" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="L111" s="2">
         <v>44136</v>
       </c>
       <c r="M111" s="2">
         <v>44256</v>
       </c>
-      <c r="N111" s="1" t="s">
+      <c r="N111" s="2" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A112">
         <v>34270089</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>705</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>706</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>585</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>707</v>
       </c>
       <c r="H112" s="1" t="s">
         <v>708</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>709</v>
       </c>
       <c r="J112" s="1" t="s">
         <v>586</v>
       </c>
       <c r="K112" s="1" t="s">
         <v>710</v>
       </c>
       <c r="L112" s="2">
         <v>20651</v>
       </c>
       <c r="M112" s="2">
         <v>20708</v>
       </c>
-      <c r="N112" s="1" t="s">
+      <c r="N112" s="2" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A113">
         <v>32493207</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>909</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J113" s="1" t="s">
         <v>909</v>
       </c>
       <c r="K113" s="1" t="s">
         <v>910</v>
       </c>
       <c r="L113" s="2">
         <v>38443</v>
       </c>
       <c r="M113" s="2">
         <v>45627</v>
       </c>
-      <c r="N113" s="1" t="s">
+      <c r="N113" s="2" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A114">
         <v>30002477</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J114" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="K114" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="L114" s="2">
         <v>32509</v>
       </c>
       <c r="M114" s="2">
         <v>33695</v>
       </c>
-      <c r="N114" s="1" t="s">
+      <c r="N114" s="2" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A115">
         <v>35609812</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>287</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J115" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>288</v>
       </c>
       <c r="L115" s="2">
         <v>24228</v>
       </c>
       <c r="M115" s="2">
         <v>25385</v>
       </c>
-      <c r="N115" s="1" t="s">
+      <c r="N115" s="2" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A116">
         <v>30137570</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="H116" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J116" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K116" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="L116" s="2">
         <v>27187</v>
       </c>
       <c r="M116" s="2">
         <v>29742</v>
       </c>
-      <c r="N116" s="1" t="s">
+      <c r="N116" s="2" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A117">
         <v>34807038</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>527</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J117" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="1" t="s">
         <v>529</v>
       </c>
       <c r="L117" s="2">
         <v>29940</v>
       </c>
       <c r="M117" s="2">
         <v>30102</v>
       </c>
-      <c r="N117" s="1" t="s">
+      <c r="N117" s="2" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A118">
         <v>29566435</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>1257</v>
       </c>
       <c r="J118" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="K118" s="1" t="s">
         <v>1258</v>
       </c>
       <c r="L118" s="2">
         <v>29279</v>
       </c>
       <c r="M118" s="2">
         <v>29455</v>
       </c>
-      <c r="N118" s="1" t="s">
+      <c r="N118" s="2" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A119">
         <v>38295274</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>45</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J119" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K119" s="1" t="s">
         <v>47</v>
       </c>
       <c r="L119" s="2">
         <v>27638</v>
       </c>
       <c r="M119" s="2">
         <v>27760</v>
       </c>
-      <c r="N119" s="1" t="s">
+      <c r="N119" s="2" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A120">
         <v>35641133</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>269</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>270</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J120" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K120" s="1" t="s">
         <v>271</v>
       </c>
       <c r="L120" s="2">
         <v>31837</v>
       </c>
       <c r="M120" s="2">
         <v>34608</v>
       </c>
-      <c r="N120" s="1" t="s">
+      <c r="N120" s="2" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A121">
         <v>34593821</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>616</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>617</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>618</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J121" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K121" s="1" t="s">
         <v>619</v>
       </c>
       <c r="L121" s="2">
         <v>15493</v>
       </c>
       <c r="M121" s="2">
         <v>17533</v>
       </c>
-      <c r="N121" s="1" t="s">
+      <c r="N121" s="2" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A122">
         <v>36404365</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J122" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K122" s="1" t="s">
         <v>178</v>
       </c>
       <c r="L122" s="2">
         <v>23043</v>
       </c>
       <c r="M122" s="2">
         <v>23113</v>
       </c>
-      <c r="N122" s="1" t="s">
+      <c r="N122" s="2" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A123">
         <v>34661886</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>563</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>564</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J123" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K123" s="1" t="s">
         <v>565</v>
       </c>
       <c r="L123" s="2">
         <v>18354</v>
       </c>
       <c r="M123" s="2">
         <v>18598</v>
       </c>
-      <c r="N123" s="1" t="s">
+      <c r="N123" s="2" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="124" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A124">
         <v>35649887</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>233</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>234</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>235</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J124" s="1" t="s">
         <v>235</v>
       </c>
       <c r="K124" s="1" t="s">
         <v>236</v>
       </c>
       <c r="L124" s="2">
         <v>35521</v>
       </c>
       <c r="M124" s="2">
-        <v>45839</v>
-[...1 lines deleted...]
-      <c r="N124" s="1" t="s">
+        <v>45931</v>
+      </c>
+      <c r="N124" s="2" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A125">
         <v>35944828</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>221</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>223</v>
       </c>
       <c r="H125" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J125" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K125" s="1" t="s">
         <v>224</v>
       </c>
       <c r="L125" s="2">
         <v>30669</v>
       </c>
       <c r="M125" s="2">
         <v>31990</v>
       </c>
-      <c r="N125" s="1" t="s">
+      <c r="N125" s="2" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A126">
         <v>32967974</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>803</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J126" s="1" t="s">
         <v>804</v>
       </c>
       <c r="K126" s="1" t="s">
         <v>805</v>
       </c>
       <c r="L126" s="2">
         <v>19756</v>
       </c>
       <c r="M126" s="2">
         <v>21186</v>
       </c>
-      <c r="N126" s="1" t="s">
+      <c r="N126" s="2" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A127">
         <v>31714529</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J127" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="K127" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="L127" s="2">
         <v>29281</v>
       </c>
       <c r="M127" s="2">
         <v>30011</v>
       </c>
-      <c r="N127" s="1" t="s">
+      <c r="N127" s="2" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A128">
         <v>38327949</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J128" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K128" s="1" t="s">
         <v>38</v>
       </c>
       <c r="L128" s="2">
         <v>-5327</v>
       </c>
       <c r="M128" s="2">
         <v>17164</v>
       </c>
-      <c r="N128" s="1" t="s">
+      <c r="N128" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A129">
         <v>31570013</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="H129" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J129" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K129" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="L129" s="2">
         <v>27201</v>
       </c>
       <c r="M129" s="2">
         <v>29301</v>
       </c>
-      <c r="N129" s="1" t="s">
+      <c r="N129" s="2" t="s">
         <v>1156</v>
       </c>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A130">
         <v>34590493</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>650</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>651</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H130" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>652</v>
       </c>
       <c r="J130" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K130" s="1" t="s">
         <v>653</v>
       </c>
       <c r="L130" s="2">
         <v>5023</v>
       </c>
       <c r="M130" s="2">
         <v>6423</v>
       </c>
-      <c r="N130" s="1" t="s">
+      <c r="N130" s="2" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A131">
         <v>32388126</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J131" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="L131" s="2">
         <v>19329</v>
       </c>
       <c r="M131" s="2">
         <v>19329</v>
       </c>
-      <c r="N131" s="1" t="s">
+      <c r="N131" s="2" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A132">
         <v>32493203</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>888</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>889</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>890</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H132" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J132" s="1" t="s">
         <v>886</v>
       </c>
       <c r="K132" s="1" t="s">
         <v>891</v>
       </c>
       <c r="L132" s="2">
         <v>12585</v>
       </c>
       <c r="M132" s="2">
         <v>16072</v>
       </c>
-      <c r="N132" s="1" t="s">
+      <c r="N132" s="2" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A133">
         <v>32717287</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>834</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>835</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>836</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>837</v>
       </c>
       <c r="H133" s="1" t="s">
         <v>283</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J133" s="1" t="s">
         <v>825</v>
       </c>
       <c r="K133" s="1" t="s">
         <v>838</v>
       </c>
       <c r="L133" s="2">
         <v>14124</v>
       </c>
       <c r="M133" s="2">
         <v>26724</v>
       </c>
-      <c r="N133" s="1" t="s">
+      <c r="N133" s="2" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A134">
         <v>37910012</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H134" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J134" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K134" s="1" t="s">
         <v>80</v>
       </c>
       <c r="L134" s="2">
         <v>31199</v>
       </c>
       <c r="M134" s="2">
         <v>35034</v>
       </c>
-      <c r="N134" s="1" t="s">
+      <c r="N134" s="2" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A135">
         <v>34645333</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>611</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>612</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>580</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H135" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>613</v>
       </c>
       <c r="J135" s="1" t="s">
         <v>582</v>
       </c>
       <c r="K135" s="1" t="s">
         <v>614</v>
       </c>
       <c r="L135" s="2">
         <v>25569</v>
       </c>
       <c r="M135" s="2">
         <v>25934</v>
       </c>
-      <c r="N135" s="1" t="s">
+      <c r="N135" s="2" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A136">
         <v>35516003</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H136" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J136" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K136" s="1" t="s">
         <v>322</v>
       </c>
       <c r="L136" s="2">
         <v>35125</v>
       </c>
       <c r="M136" s="2">
         <v>35125</v>
       </c>
-      <c r="N136" s="1" t="s">
+      <c r="N136" s="2" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="137" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A137">
         <v>32388129</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J137" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="L137" s="2">
         <v>27159</v>
       </c>
       <c r="M137" s="2">
         <v>27159</v>
       </c>
-      <c r="N137" s="1" t="s">
+      <c r="N137" s="2" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A138">
         <v>29566437</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>1266</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>1267</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="J138" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="K138" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="L138" s="2">
         <v>25046</v>
       </c>
       <c r="M138" s="2">
         <v>26081</v>
       </c>
-      <c r="N138" s="1" t="s">
+      <c r="N138" s="2" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A139">
         <v>38295275</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J139" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K139" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L139" s="2">
         <v>26236</v>
       </c>
       <c r="M139" s="2">
         <v>26236</v>
       </c>
-      <c r="N139" s="1" t="s">
+      <c r="N139" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A140">
         <v>32495071</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>876</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>877</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>878</v>
       </c>
       <c r="H140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J140" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="1" t="s">
         <v>879</v>
       </c>
       <c r="L140" s="2">
         <v>43435</v>
       </c>
       <c r="M140" s="2">
         <v>43647</v>
       </c>
-      <c r="N140" s="1" t="s">
+      <c r="N140" s="2" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="141" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A141">
         <v>32587529</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>857</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>858</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>779</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>859</v>
       </c>
       <c r="H141" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J141" s="1" t="s">
         <v>860</v>
       </c>
       <c r="K141" s="1" t="s">
         <v>861</v>
       </c>
       <c r="L141" s="2">
         <v>24838</v>
       </c>
       <c r="M141" s="2">
         <v>24869</v>
       </c>
-      <c r="N141" s="1" t="s">
+      <c r="N141" s="2" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A142">
         <v>34686770</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>558</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>559</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>560</v>
       </c>
       <c r="J142" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K142" s="1" t="s">
         <v>561</v>
       </c>
       <c r="L142" s="2">
         <v>22273</v>
       </c>
       <c r="M142" s="2">
         <v>26268</v>
       </c>
-      <c r="N142" s="1" t="s">
+      <c r="N142" s="2" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A143">
         <v>32967971</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>810</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>811</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>812</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J143" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="1" t="s">
         <v>813</v>
       </c>
       <c r="L143" s="2">
         <v>37288</v>
       </c>
       <c r="M143" s="2">
         <v>39783</v>
       </c>
-      <c r="N143" s="1" t="s">
+      <c r="N143" s="2" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="144" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A144">
         <v>32397504</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>253</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="J144" s="1" t="s">
         <v>998</v>
       </c>
       <c r="K144" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="L144" s="2">
         <v>14305</v>
       </c>
       <c r="M144" s="2">
         <v>14671</v>
       </c>
-      <c r="N144" s="1" t="s">
+      <c r="N144" s="2" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="145" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A145">
         <v>36605525</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>113</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J145" s="1" t="s">
         <v>109</v>
       </c>
       <c r="K145" s="1" t="s">
         <v>116</v>
       </c>
       <c r="L145" s="2">
         <v>31168</v>
       </c>
       <c r="M145" s="2">
         <v>31382</v>
       </c>
-      <c r="N145" s="1" t="s">
+      <c r="N145" s="2" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A146">
         <v>35649888</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>239</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>240</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>241</v>
       </c>
       <c r="H146" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J146" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K146" s="1" t="s">
         <v>242</v>
       </c>
       <c r="L146" s="2">
         <v>30834</v>
       </c>
       <c r="M146" s="2">
         <v>32933</v>
       </c>
-      <c r="N146" s="1" t="s">
+      <c r="N146" s="2" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="147" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A147">
         <v>32399445</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>932</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>933</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>934</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>935</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>763</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J147" s="1" t="s">
         <v>916</v>
       </c>
       <c r="K147" s="1" t="s">
         <v>936</v>
       </c>
       <c r="L147" s="2">
         <v>42736</v>
       </c>
       <c r="M147" s="2">
         <v>42826</v>
       </c>
-      <c r="N147" s="1" t="s">
+      <c r="N147" s="2" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="148" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A148">
         <v>32717299</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>828</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>829</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>830</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>831</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>283</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J148" s="1" t="s">
         <v>825</v>
       </c>
       <c r="K148" s="1" t="s">
         <v>832</v>
       </c>
       <c r="L148" s="2">
         <v>26512</v>
       </c>
       <c r="M148" s="2">
         <v>28825</v>
       </c>
-      <c r="N148" s="1" t="s">
+      <c r="N148" s="2" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="149" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A149">
         <v>34590494</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>655</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>656</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>657</v>
       </c>
       <c r="H149" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J149" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K149" s="1" t="s">
         <v>658</v>
       </c>
       <c r="L149" s="2">
         <v>19419</v>
       </c>
       <c r="M149" s="2">
         <v>19419</v>
       </c>
-      <c r="N149" s="1" t="s">
+      <c r="N149" s="2" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="150" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A150">
         <v>32388124</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>451</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J150" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="L150" s="2">
         <v>39083</v>
       </c>
       <c r="M150" s="2">
         <v>39448</v>
       </c>
-      <c r="N150" s="1" t="s">
+      <c r="N150" s="2" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="151" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A151">
         <v>32072197</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="H151" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J151" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="K151" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="L151" s="2">
         <v>21551</v>
       </c>
       <c r="M151" s="2">
         <v>25750</v>
       </c>
-      <c r="N151" s="1" t="s">
+      <c r="N151" s="2" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="152" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A152">
         <v>35602390</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>305</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>306</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>307</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>308</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J152" s="1" t="s">
         <v>309</v>
       </c>
       <c r="K152" s="1" t="s">
         <v>310</v>
       </c>
       <c r="L152" s="2">
         <v>12844</v>
       </c>
       <c r="M152" s="2">
         <v>28126</v>
       </c>
-      <c r="N152" s="1" t="s">
+      <c r="N152" s="2" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="153" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A153">
         <v>32717221</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>850</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>851</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>852</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>850</v>
       </c>
       <c r="H153" s="1" t="s">
         <v>853</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J153" s="1" t="s">
         <v>854</v>
       </c>
       <c r="K153" s="1" t="s">
         <v>855</v>
       </c>
       <c r="L153" s="2">
         <v>39995</v>
       </c>
       <c r="M153" s="2">
         <v>43374</v>
       </c>
-      <c r="N153" s="1" t="s">
+      <c r="N153" s="2" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="154" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A154">
         <v>29237589</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>1315</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="J154" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="K154" s="1" t="s">
         <v>1319</v>
       </c>
       <c r="L154" s="2">
         <v>33756</v>
       </c>
       <c r="M154" s="2">
         <v>34243</v>
       </c>
-      <c r="N154" s="1" t="s">
+      <c r="N154" s="2" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="155" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A155">
         <v>32399446</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>938</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>939</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>940</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>941</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>942</v>
       </c>
       <c r="H155" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J155" s="1" t="s">
         <v>916</v>
       </c>
       <c r="K155" s="1" t="s">
         <v>943</v>
       </c>
       <c r="L155" s="2">
         <v>42736</v>
       </c>
       <c r="M155" s="2">
         <v>44044</v>
       </c>
-      <c r="N155" s="1" t="s">
+      <c r="N155" s="2" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="156" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A156">
         <v>34656743</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>598</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>599</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>589</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J156" s="1" t="s">
         <v>591</v>
       </c>
       <c r="K156" s="1" t="s">
         <v>600</v>
       </c>
       <c r="L156" s="2">
         <v>5753</v>
       </c>
       <c r="M156" s="2">
         <v>6484</v>
       </c>
-      <c r="N156" s="1" t="s">
+      <c r="N156" s="2" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="157" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A157">
         <v>34791467</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>537</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>538</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>539</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>540</v>
       </c>
       <c r="H157" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J157" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K157" s="1" t="s">
         <v>541</v>
       </c>
       <c r="L157" s="2">
         <v>31929</v>
       </c>
       <c r="M157" s="2">
         <v>32813</v>
       </c>
-      <c r="N157" s="1" t="s">
+      <c r="N157" s="2" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="158" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A158">
         <v>31009118</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="H158" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J158" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="K158" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="L158" s="2">
         <v>9785</v>
       </c>
       <c r="M158" s="2">
         <v>12844</v>
       </c>
-      <c r="N158" s="1" t="s">
+      <c r="N158" s="2" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="159" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A159">
         <v>36587818</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>126</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>127</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>128</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>129</v>
       </c>
       <c r="H159" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J159" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K159" s="1" t="s">
         <v>130</v>
       </c>
       <c r="L159" s="2">
         <v>5845</v>
       </c>
       <c r="M159" s="2">
         <v>6180</v>
       </c>
-      <c r="N159" s="1" t="s">
+      <c r="N159" s="2" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="160" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A160">
         <v>29566438</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="H160" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="J160" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="K160" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="L160" s="2">
         <v>24934</v>
       </c>
       <c r="M160" s="2">
         <v>25039</v>
       </c>
-      <c r="N160" s="1" t="s">
+      <c r="N160" s="2" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A161">
         <v>29237590</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="H161" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="J161" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="K161" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="L161" s="2">
         <v>33208</v>
       </c>
       <c r="M161" s="2">
         <v>33725</v>
       </c>
-      <c r="N161" s="1" t="s">
+      <c r="N161" s="2" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A162">
         <v>38518211</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J162" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K162" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L162" s="2">
         <v>26299</v>
       </c>
       <c r="M162" s="2">
         <v>27485</v>
       </c>
-      <c r="N162" s="1" t="s">
+      <c r="N162" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A163">
         <v>32388127</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>451</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J163" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="L163" s="2">
         <v>39142</v>
       </c>
       <c r="M163" s="2">
         <v>39326</v>
       </c>
-      <c r="N163" s="1" t="s">
+      <c r="N163" s="2" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A164">
         <v>32397505</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="J164" s="1" t="s">
         <v>998</v>
       </c>
       <c r="K164" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="L164" s="2">
         <v>14702</v>
       </c>
       <c r="M164" s="2">
         <v>25659</v>
       </c>
-      <c r="N164" s="1" t="s">
+      <c r="N164" s="2" t="s">
         <v>1013</v>
       </c>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A165">
         <v>32397501</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>987</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J165" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K165" s="1" t="s">
         <v>988</v>
       </c>
       <c r="L165" s="2">
         <v>25717</v>
       </c>
       <c r="M165" s="2">
         <v>26484</v>
       </c>
-      <c r="N165" s="1" t="s">
+      <c r="N165" s="2" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A166">
         <v>33292888</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>795</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>796</v>
       </c>
       <c r="H166" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J166" s="1" t="s">
         <v>797</v>
       </c>
       <c r="K166" s="1" t="s">
         <v>798</v>
       </c>
       <c r="L166" s="2">
         <v>26620</v>
       </c>
       <c r="M166" s="2">
         <v>28403</v>
       </c>
-      <c r="N166" s="1" t="s">
+      <c r="N166" s="2" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A167">
         <v>34015012</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>772</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>773</v>
       </c>
       <c r="H167" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>774</v>
       </c>
       <c r="J167" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K167" s="1" t="s">
         <v>775</v>
       </c>
       <c r="L167" s="2">
         <v>22056</v>
       </c>
       <c r="M167" s="2">
         <v>22854</v>
       </c>
-      <c r="N167" s="1" t="s">
+      <c r="N167" s="2" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="168" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A168">
         <v>34015010</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>761</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>762</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H168" s="1" t="s">
         <v>763</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>764</v>
       </c>
       <c r="J168" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K168" s="1" t="s">
         <v>765</v>
       </c>
       <c r="L168" s="2">
         <v>22868</v>
       </c>
       <c r="M168" s="2">
         <v>25416</v>
       </c>
-      <c r="N168" s="1" t="s">
+      <c r="N168" s="2" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="169" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A169">
         <v>37841530</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>94</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J169" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K169" s="1" t="s">
         <v>97</v>
       </c>
       <c r="L169" s="2">
         <v>32234</v>
       </c>
       <c r="M169" s="2">
         <v>35521</v>
       </c>
-      <c r="N169" s="1" t="s">
+      <c r="N169" s="2" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="170" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A170">
         <v>34153856</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>735</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>298</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H170" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J170" s="1" t="s">
         <v>736</v>
       </c>
       <c r="K170" s="1" t="s">
         <v>737</v>
       </c>
       <c r="L170" s="2">
         <v>21824</v>
       </c>
       <c r="M170" s="2">
         <v>23712</v>
       </c>
-      <c r="N170" s="1" t="s">
+      <c r="N170" s="2" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A171">
         <v>35032748</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>480</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>481</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H171" s="1" t="s">
         <v>483</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>484</v>
       </c>
       <c r="J171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="K171" s="1" t="s">
         <v>485</v>
       </c>
       <c r="L171" s="2">
         <v>10930</v>
       </c>
       <c r="M171" s="2">
         <v>22259</v>
       </c>
-      <c r="N171" s="1" t="s">
+      <c r="N171" s="2" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A172">
         <v>32399447</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>945</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>946</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>947</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>948</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J172" s="1" t="s">
         <v>916</v>
       </c>
       <c r="K172" s="1" t="s">
         <v>949</v>
       </c>
       <c r="L172" s="2">
         <v>42705</v>
       </c>
       <c r="M172" s="2">
         <v>43739</v>
       </c>
-      <c r="N172" s="1" t="s">
+      <c r="N172" s="2" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A173">
         <v>35261096</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>364</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>365</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>366</v>
       </c>
       <c r="H173" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>367</v>
       </c>
       <c r="J173" s="1" t="s">
         <v>309</v>
       </c>
       <c r="K173" s="1" t="s">
         <v>368</v>
       </c>
       <c r="L173" s="2">
         <v>3150</v>
       </c>
       <c r="M173" s="2">
         <v>3507</v>
       </c>
-      <c r="N173" s="1" t="s">
+      <c r="N173" s="2" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="174" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A174">
         <v>35645791</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>251</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>252</v>
       </c>
       <c r="H174" s="1" t="s">
         <v>253</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J174" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K174" s="1" t="s">
         <v>254</v>
       </c>
       <c r="L174" s="2">
         <v>31439</v>
       </c>
       <c r="M174" s="2">
         <v>32112</v>
       </c>
-      <c r="N174" s="1" t="s">
+      <c r="N174" s="2" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A175">
         <v>32397494</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>962</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>959</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>960</v>
       </c>
       <c r="H175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J175" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K175" s="1" t="s">
         <v>963</v>
       </c>
       <c r="L175" s="2">
         <v>26816</v>
       </c>
       <c r="M175" s="2">
         <v>27082</v>
       </c>
-      <c r="N175" s="1" t="s">
+      <c r="N175" s="2" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="176" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A176">
         <v>32397493</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>958</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>959</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>960</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J176" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K176" s="1" t="s">
         <v>961</v>
       </c>
       <c r="L176" s="2">
         <v>26573</v>
       </c>
       <c r="M176" s="2">
         <v>26665</v>
       </c>
-      <c r="N176" s="1" t="s">
+      <c r="N176" s="2" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="177" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A177">
         <v>29566443</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J177" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="K177" s="1" t="s">
         <v>1299</v>
       </c>
       <c r="L177" s="2">
         <v>27181</v>
       </c>
       <c r="M177" s="2">
         <v>33786</v>
       </c>
-      <c r="N177" s="1" t="s">
+      <c r="N177" s="2" t="s">
         <v>1300</v>
       </c>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A178">
         <v>35973034</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>209</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>210</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>211</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J178" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K178" s="1" t="s">
         <v>212</v>
       </c>
       <c r="L178" s="2">
         <v>8280</v>
       </c>
       <c r="M178" s="2">
         <v>8280</v>
       </c>
-      <c r="N178" s="1" t="s">
+      <c r="N178" s="2" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A179">
         <v>32397498</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>973</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>974</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J179" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K179" s="1" t="s">
         <v>978</v>
       </c>
       <c r="L179" s="2">
         <v>30134</v>
       </c>
       <c r="M179" s="2">
         <v>30736</v>
       </c>
-      <c r="N179" s="1" t="s">
+      <c r="N179" s="2" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A180">
         <v>29566442</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="H180" s="1" t="s">
         <v>763</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J180" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="K180" s="1" t="s">
         <v>1295</v>
       </c>
       <c r="L180" s="2">
         <v>23835</v>
       </c>
       <c r="M180" s="2">
         <v>23835</v>
       </c>
-      <c r="N180" s="1" t="s">
+      <c r="N180" s="2" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A181">
         <v>32388131</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="H181" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J181" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="K181" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="L181" s="2">
         <v>39617</v>
       </c>
       <c r="M181" s="2">
         <v>45231</v>
       </c>
-      <c r="N181" s="1" t="s">
+      <c r="N181" s="2" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="182" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A182">
         <v>32397502</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>989</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>990</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>991</v>
       </c>
       <c r="H182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J182" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K182" s="1" t="s">
         <v>992</v>
       </c>
       <c r="L182" s="2">
         <v>25993</v>
       </c>
       <c r="M182" s="2">
         <v>26085</v>
       </c>
-      <c r="N182" s="1" t="s">
+      <c r="N182" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="183" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A183">
         <v>36605524</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>106</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>107</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>108</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J183" s="1" t="s">
         <v>109</v>
       </c>
       <c r="K183" s="1" t="s">
         <v>110</v>
       </c>
       <c r="L183" s="2">
         <v>26785</v>
       </c>
       <c r="M183" s="2">
         <v>26785</v>
       </c>
-      <c r="N183" s="1" t="s">
+      <c r="N183" s="2" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="184" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A184">
         <v>37910013</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>64</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J184" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K184" s="1" t="s">
         <v>68</v>
       </c>
       <c r="L184" s="2">
         <v>33543</v>
       </c>
       <c r="M184" s="2">
         <v>37895</v>
       </c>
-      <c r="N184" s="1" t="s">
+      <c r="N184" s="2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="185" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A185">
         <v>34593819</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>621</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>622</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>623</v>
       </c>
       <c r="H185" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>624</v>
       </c>
       <c r="J185" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K185" s="1" t="s">
         <v>625</v>
       </c>
       <c r="L185" s="2">
         <v>11213</v>
       </c>
       <c r="M185" s="2">
         <v>11892</v>
       </c>
-      <c r="N185" s="1" t="s">
+      <c r="N185" s="2" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="186" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A186">
         <v>32397497</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>972</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>973</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>974</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J186" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K186" s="1" t="s">
         <v>975</v>
       </c>
       <c r="L186" s="2">
         <v>25920</v>
       </c>
       <c r="M186" s="2">
         <v>26368</v>
       </c>
-      <c r="N186" s="1" t="s">
+      <c r="N186" s="2" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="187" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A187">
         <v>31191737</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J187" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K187" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="L187" s="2">
         <v>27210</v>
       </c>
       <c r="M187" s="2">
         <v>30176</v>
       </c>
-      <c r="N187" s="1" t="s">
+      <c r="N187" s="2" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="188" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A188">
         <v>34807039</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>531</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>532</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>533</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J188" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K188" s="1" t="s">
         <v>534</v>
       </c>
       <c r="L188" s="2">
         <v>23193</v>
       </c>
       <c r="M188" s="2">
         <v>23468</v>
       </c>
-      <c r="N188" s="1" t="s">
+      <c r="N188" s="2" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="189" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A189">
         <v>34656744</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>603</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>589</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H189" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J189" s="1" t="s">
         <v>591</v>
       </c>
       <c r="K189" s="1" t="s">
         <v>604</v>
       </c>
       <c r="L189" s="2">
         <v>20515</v>
       </c>
       <c r="M189" s="2">
         <v>20668</v>
       </c>
-      <c r="N189" s="1" t="s">
+      <c r="N189" s="2" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="190" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A190">
         <v>34319027</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>685</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>686</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>676</v>
       </c>
       <c r="H190" s="1" t="s">
         <v>308</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>687</v>
       </c>
       <c r="J190" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K190" s="1" t="s">
         <v>688</v>
       </c>
       <c r="L190" s="2">
         <v>13150</v>
       </c>
       <c r="M190" s="2">
         <v>24624</v>
       </c>
-      <c r="N190" s="1" t="s">
+      <c r="N190" s="2" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="191" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A191">
         <v>36587821</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>145</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>134</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>146</v>
       </c>
       <c r="H191" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>147</v>
       </c>
       <c r="J191" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K191" s="1" t="s">
         <v>148</v>
       </c>
       <c r="L191" s="2">
         <v>7337</v>
       </c>
       <c r="M191" s="2">
         <v>7703</v>
       </c>
-      <c r="N191" s="1" t="s">
+      <c r="N191" s="2" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="192" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A192">
         <v>29566440</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J192" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="K192" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="L192" s="2">
         <v>23924</v>
       </c>
       <c r="M192" s="2">
         <v>25903</v>
       </c>
-      <c r="N192" s="1" t="s">
+      <c r="N192" s="2" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="193" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A193">
         <v>35495382</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>325</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>326</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>327</v>
       </c>
       <c r="H193" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>328</v>
       </c>
       <c r="J193" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K193" s="1" t="s">
         <v>329</v>
       </c>
       <c r="L193" s="2">
         <v>28734</v>
       </c>
       <c r="M193" s="2">
         <v>28856</v>
       </c>
-      <c r="N193" s="1" t="s">
+      <c r="N193" s="2" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="194" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A194">
         <v>34148023</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>739</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>741</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>742</v>
       </c>
       <c r="J194" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K194" s="1" t="s">
         <v>744</v>
       </c>
       <c r="L194" s="2">
         <v>27861</v>
       </c>
       <c r="M194" s="2">
         <v>27875</v>
       </c>
-      <c r="N194" s="1" t="s">
+      <c r="N194" s="2" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="195" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A195">
         <v>32493204</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>893</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>894</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>883</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>895</v>
       </c>
       <c r="H195" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>896</v>
       </c>
       <c r="J195" s="1" t="s">
         <v>886</v>
       </c>
       <c r="K195" s="1" t="s">
         <v>897</v>
       </c>
       <c r="L195" s="2">
         <v>15523</v>
       </c>
       <c r="M195" s="2">
         <v>15888</v>
       </c>
-      <c r="N195" s="1" t="s">
+      <c r="N195" s="2" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="196" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A196">
         <v>32072198</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="H196" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J196" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="K196" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="L196" s="2">
         <v>33909</v>
       </c>
       <c r="M196" s="2">
         <v>34243</v>
       </c>
-      <c r="N196" s="1" t="s">
+      <c r="N196" s="2" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="197" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A197">
         <v>32388130</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J197" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K197" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="L197" s="2">
         <v>37622</v>
       </c>
       <c r="M197" s="2">
         <v>37622</v>
       </c>
-      <c r="N197" s="1" t="s">
+      <c r="N197" s="2" t="s">
         <v>1090</v>
       </c>
     </row>
     <row r="198" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A198">
         <v>33523930</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>777</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>778</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>779</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J198" s="1" t="s">
         <v>781</v>
       </c>
       <c r="K198" s="1" t="s">
         <v>782</v>
       </c>
       <c r="L198" s="2">
         <v>25934</v>
       </c>
       <c r="M198" s="2">
         <v>28430</v>
       </c>
-      <c r="N198" s="1" t="s">
+      <c r="N198" s="2" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="199" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A199">
         <v>36085035</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>181</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>182</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>184</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J199" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K199" s="1" t="s">
         <v>186</v>
       </c>
       <c r="L199" s="2">
         <v>12788</v>
       </c>
       <c r="M199" s="2">
         <v>33329</v>
       </c>
-      <c r="N199" s="1" t="s">
+      <c r="N199" s="2" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="200" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A200">
         <v>36605526</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>119</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>120</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J200" s="1" t="s">
         <v>109</v>
       </c>
       <c r="K200" s="1" t="s">
         <v>121</v>
       </c>
       <c r="L200" s="2">
         <v>24139</v>
       </c>
       <c r="M200" s="2">
         <v>24654</v>
       </c>
-      <c r="N200" s="1" t="s">
+      <c r="N200" s="2" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="201" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A201">
         <v>35644601</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>257</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>260</v>
       </c>
       <c r="J201" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K201" s="1" t="s">
         <v>261</v>
       </c>
       <c r="L201" s="2">
         <v>20180</v>
       </c>
       <c r="M201" s="2">
         <v>20180</v>
       </c>
-      <c r="N201" s="1" t="s">
+      <c r="N201" s="2" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="202" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A202">
         <v>35644602</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>264</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H202" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>265</v>
       </c>
       <c r="J202" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K202" s="1" t="s">
         <v>266</v>
       </c>
       <c r="L202" s="2">
         <v>21186</v>
       </c>
       <c r="M202" s="2">
         <v>23377</v>
       </c>
-      <c r="N202" s="1" t="s">
+      <c r="N202" s="2" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="203" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A203">
         <v>35944829</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>227</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>228</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>229</v>
       </c>
       <c r="H203" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J203" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K203" s="1" t="s">
         <v>230</v>
       </c>
       <c r="L203" s="2">
         <v>33144</v>
       </c>
       <c r="M203" s="2">
         <v>33848</v>
       </c>
-      <c r="N203" s="1" t="s">
+      <c r="N203" s="2" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="204" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A204">
         <v>36587819</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>133</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>134</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H204" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>136</v>
       </c>
       <c r="J204" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K204" s="1" t="s">
         <v>137</v>
       </c>
       <c r="L204" s="2">
         <v>-252</v>
       </c>
       <c r="M204" s="2">
         <v>6211</v>
       </c>
-      <c r="N204" s="1" t="s">
+      <c r="N204" s="2" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="205" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A205">
         <v>36587820</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>134</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H205" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J205" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K205" s="1" t="s">
         <v>142</v>
       </c>
       <c r="L205" s="2">
         <v>6260</v>
       </c>
       <c r="M205" s="2">
         <v>7306</v>
       </c>
-      <c r="N205" s="1" t="s">
+      <c r="N205" s="2" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="206" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A206">
         <v>32393194</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>308</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J206" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="K206" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="L206" s="2">
         <v>28839</v>
       </c>
       <c r="M206" s="2">
         <v>44927</v>
       </c>
-      <c r="N206" s="1" t="s">
+      <c r="N206" s="2" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="207" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A207">
         <v>36656780</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>100</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>101</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>102</v>
       </c>
       <c r="H207" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J207" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K207" s="1" t="s">
         <v>103</v>
       </c>
       <c r="L207" s="2">
         <v>-5875</v>
       </c>
       <c r="M207" s="2">
         <v>12782</v>
       </c>
-      <c r="N207" s="1" t="s">
+      <c r="N207" s="2" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="208" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A208">
         <v>29237591</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="H208" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J208" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="K208" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="L208" s="2">
         <v>27576</v>
       </c>
       <c r="M208" s="2">
         <v>27576</v>
       </c>
-      <c r="N208" s="1" t="s">
+      <c r="N208" s="2" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="209" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A209">
         <v>32388128</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>434</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J209" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="L209" s="2">
         <v>38765</v>
       </c>
       <c r="M209" s="2">
         <v>38806</v>
       </c>
-      <c r="N209" s="1" t="s">
+      <c r="N209" s="2" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="210" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A210">
         <v>38242055</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>50</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J210" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="1" t="s">
         <v>54</v>
       </c>
       <c r="L210" s="2">
         <v>29738</v>
       </c>
       <c r="M210" s="2">
         <v>35551</v>
       </c>
-      <c r="N210" s="1" t="s">
+      <c r="N210" s="2" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="211" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A211">
         <v>35141053</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>439</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>440</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J211" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K211" s="1" t="s">
         <v>442</v>
       </c>
       <c r="L211" s="2">
         <v>17107</v>
       </c>
       <c r="M211" s="2">
         <v>17319</v>
       </c>
-      <c r="N211" s="1" t="s">
+      <c r="N211" s="2" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="212" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A212">
         <v>35641134</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>274</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>275</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>276</v>
       </c>
       <c r="H212" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J212" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K212" s="1" t="s">
         <v>277</v>
       </c>
       <c r="L212" s="2">
         <v>31990</v>
       </c>
       <c r="M212" s="2">
         <v>32203</v>
       </c>
-      <c r="N212" s="1" t="s">
+      <c r="N212" s="2" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="213" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A213">
         <v>32493205</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>899</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>900</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>883</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>884</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>901</v>
       </c>
       <c r="J213" s="1" t="s">
         <v>886</v>
       </c>
       <c r="K213" s="1" t="s">
         <v>902</v>
       </c>
       <c r="L213" s="2">
         <v>14519</v>
       </c>
       <c r="M213" s="2">
         <v>16923</v>
       </c>
-      <c r="N213" s="1" t="s">
+      <c r="N213" s="2" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="214" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A214">
         <v>31570012</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="H214" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J214" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K214" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="L214" s="2">
         <v>27187</v>
       </c>
       <c r="M214" s="2">
         <v>28993</v>
       </c>
-      <c r="N214" s="1" t="s">
+      <c r="N214" s="2" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="215" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A215">
         <v>32072199</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="H215" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J215" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="K215" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="L215" s="2">
         <v>24929</v>
       </c>
       <c r="M215" s="2">
         <v>25447</v>
       </c>
-      <c r="N215" s="1" t="s">
+      <c r="N215" s="2" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="216" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A216">
         <v>34038078</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>750</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>751</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>752</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>753</v>
       </c>
       <c r="H216" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J216" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K216" s="1" t="s">
         <v>754</v>
       </c>
       <c r="L216" s="2">
         <v>34090</v>
       </c>
       <c r="M216" s="2">
         <v>34578</v>
       </c>
-      <c r="N216" s="1" t="s">
+      <c r="N216" s="2" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="217" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A217">
         <v>34038079</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>747</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H217" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J217" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K217" s="1" t="s">
         <v>748</v>
       </c>
       <c r="L217" s="2">
         <v>25477</v>
       </c>
       <c r="M217" s="2">
         <v>27030</v>
       </c>
-      <c r="N217" s="1" t="s">
+      <c r="N217" s="2" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="218" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A218">
         <v>34267297</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>719</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>720</v>
       </c>
       <c r="H218" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J218" s="1" t="s">
         <v>721</v>
       </c>
       <c r="K218" s="1" t="s">
         <v>722</v>
       </c>
       <c r="L218" s="2">
         <v>4827</v>
       </c>
       <c r="M218" s="2">
         <v>6962</v>
       </c>
-      <c r="N218" s="1" t="s">
+      <c r="N218" s="2" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="219" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A219">
         <v>34590495</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>660</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>661</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H219" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I219" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J219" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K219" s="1" t="s">
         <v>662</v>
       </c>
       <c r="L219" s="2">
         <v>28856</v>
       </c>
       <c r="M219" s="2">
         <v>28915</v>
       </c>
-      <c r="N219" s="1" t="s">
+      <c r="N219" s="2" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="220" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A220">
         <v>34319024</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>669</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>670</v>
       </c>
       <c r="H220" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J220" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K220" s="1" t="s">
         <v>671</v>
       </c>
       <c r="L220" s="2">
         <v>39234</v>
       </c>
       <c r="M220" s="2">
         <v>44697</v>
       </c>
-      <c r="N220" s="1" t="s">
+      <c r="N220" s="2" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="221" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A221">
         <v>34590496</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>664</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>665</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H221" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J221" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K221" s="1" t="s">
         <v>666</v>
       </c>
       <c r="L221" s="2">
         <v>26212</v>
       </c>
       <c r="M221" s="2">
         <v>28581</v>
       </c>
-      <c r="N221" s="1" t="s">
+      <c r="N221" s="2" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="222" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A222">
         <v>32493206</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>904</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>905</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>883</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>895</v>
       </c>
       <c r="H222" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>906</v>
       </c>
       <c r="J222" s="1" t="s">
         <v>886</v>
       </c>
       <c r="K222" s="1" t="s">
         <v>907</v>
       </c>
       <c r="L222" s="2">
         <v>15493</v>
       </c>
       <c r="M222" s="2">
         <v>15493</v>
       </c>
-      <c r="N222" s="1" t="s">
+      <c r="N222" s="2" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="223" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A223">
         <v>35495383</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>332</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>326</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>327</v>
       </c>
       <c r="H223" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>333</v>
       </c>
       <c r="J223" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K223" s="1" t="s">
         <v>334</v>
       </c>
       <c r="L223" s="2">
         <v>28976</v>
       </c>
       <c r="M223" s="2">
         <v>29891</v>
       </c>
-      <c r="N223" s="1" t="s">
+      <c r="N223" s="2" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="224" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A224">
         <v>36404364</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>170</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>171</v>
       </c>
       <c r="H224" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J224" s="1" t="s">
         <v>109</v>
       </c>
       <c r="K224" s="1" t="s">
         <v>172</v>
       </c>
       <c r="L224" s="2">
         <v>15189</v>
       </c>
       <c r="M224" s="2">
         <v>16041</v>
       </c>
-      <c r="N224" s="1" t="s">
+      <c r="N224" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="225" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A225">
         <v>34590646</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>627</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>628</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H225" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I225" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J225" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K225" s="1" t="s">
         <v>632</v>
       </c>
       <c r="L225" s="2">
         <v>19008</v>
       </c>
       <c r="M225" s="2">
         <v>20302</v>
       </c>
-      <c r="N225" s="1" t="s">
+      <c r="N225" s="2" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="226" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A226">
         <v>36585846</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>151</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>152</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H226" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>153</v>
       </c>
       <c r="J226" s="1" t="s">
         <v>109</v>
       </c>
       <c r="K226" s="1" t="s">
         <v>154</v>
       </c>
       <c r="L226" s="2">
         <v>16407</v>
       </c>
       <c r="M226" s="2">
         <v>16738</v>
       </c>
-      <c r="N226" s="1" t="s">
+      <c r="N226" s="2" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="227" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A227">
         <v>32717311</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>821</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>822</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>823</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>824</v>
       </c>
       <c r="H227" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J227" s="1" t="s">
         <v>825</v>
       </c>
       <c r="K227" s="1" t="s">
         <v>826</v>
       </c>
       <c r="L227" s="2">
         <v>31352</v>
       </c>
       <c r="M227" s="2">
         <v>34274</v>
       </c>
-      <c r="N227" s="1" t="s">
+      <c r="N227" s="2" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="228" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A228">
         <v>34269989</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>711</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>712</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>713</v>
       </c>
       <c r="H228" s="1" t="s">
         <v>714</v>
       </c>
       <c r="I228" s="1" t="s">
         <v>715</v>
       </c>
       <c r="J228" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K228" s="1" t="s">
         <v>716</v>
       </c>
       <c r="L228" s="2">
         <v>36217</v>
       </c>
       <c r="M228" s="2">
         <v>41183</v>
       </c>
-      <c r="N228" s="1" t="s">
+      <c r="N228" s="2" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="229" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A229">
         <v>32393190</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>713</v>
       </c>
       <c r="H229" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I229" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="J229" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K229" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="L229" s="2">
         <v>39507</v>
       </c>
       <c r="M229" s="2">
         <v>40613</v>
       </c>
-      <c r="N229" s="1" t="s">
+      <c r="N229" s="2" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="230" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A230">
         <v>31009119</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>730</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="H230" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I230" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J230" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="K230" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="L230" s="2">
         <v>14266</v>
       </c>
       <c r="M230" s="2">
         <v>14580</v>
       </c>
-      <c r="N230" s="1" t="s">
+      <c r="N230" s="2" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="231" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A231">
         <v>34319028</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>690</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E231" s="1" t="s">
         <v>691</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>676</v>
       </c>
       <c r="H231" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I231" s="1" t="s">
         <v>692</v>
       </c>
       <c r="J231" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K231" s="1" t="s">
         <v>693</v>
       </c>
       <c r="L231" s="2">
         <v>25355</v>
       </c>
       <c r="M231" s="2">
         <v>25965</v>
       </c>
-      <c r="N231" s="1" t="s">
+      <c r="N231" s="2" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="232" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A232">
         <v>29237592</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>1329</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H232" s="1" t="s">
         <v>575</v>
       </c>
       <c r="I232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J232" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="K232" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="L232" s="2">
         <v>29919</v>
       </c>
       <c r="M232" s="2">
         <v>30424</v>
       </c>
-      <c r="N232" s="1" t="s">
+      <c r="N232" s="2" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="233" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A233">
         <v>35205377</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>383</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H233" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J233" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K233" s="1" t="s">
         <v>385</v>
       </c>
       <c r="L233" s="2">
         <v>21916</v>
       </c>
       <c r="M233" s="2">
         <v>26165</v>
       </c>
-      <c r="N233" s="1" t="s">
+      <c r="N233" s="2" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="234" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A234">
         <v>34015011</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>767</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>768</v>
       </c>
       <c r="H234" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I234" s="1" t="s">
         <v>769</v>
       </c>
       <c r="J234" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K234" s="1" t="s">
         <v>770</v>
       </c>
       <c r="L234" s="2">
         <v>21965</v>
       </c>
       <c r="M234" s="2">
         <v>22035</v>
       </c>
-      <c r="N234" s="1" t="s">
+      <c r="N234" s="2" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="235" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A235">
         <v>32072200</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E235" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="H235" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I235" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="J235" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="K235" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="L235" s="2">
         <v>25241</v>
       </c>
       <c r="M235" s="2">
         <v>29738</v>
       </c>
-      <c r="N235" s="1" t="s">
+      <c r="N235" s="2" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="236" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A236">
         <v>29237587</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="H236" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J236" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="K236" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="L236" s="2">
         <v>26975</v>
       </c>
       <c r="M236" s="2">
         <v>27114</v>
       </c>
-      <c r="N236" s="1" t="s">
+      <c r="N236" s="2" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="237" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A237">
         <v>32397492</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>951</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E237" s="1" t="s">
         <v>952</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>953</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>954</v>
       </c>
       <c r="H237" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J237" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K237" s="1" t="s">
         <v>956</v>
       </c>
       <c r="L237" s="2">
         <v>23387</v>
       </c>
       <c r="M237" s="2">
         <v>29056</v>
       </c>
-      <c r="N237" s="1" t="s">
+      <c r="N237" s="2" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="238" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A238">
         <v>35012369</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>488</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>489</v>
       </c>
       <c r="H238" s="1" t="s">
         <v>490</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J238" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K238" s="1" t="s">
         <v>491</v>
       </c>
       <c r="L238" s="2">
         <v>27851</v>
       </c>
       <c r="M238" s="2">
         <v>34516</v>
       </c>
-      <c r="N238" s="1" t="s">
+      <c r="N238" s="2" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="239" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A239">
         <v>30002476</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E239" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="H239" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I239" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J239" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="K239" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="L239" s="2">
         <v>6089</v>
       </c>
       <c r="M239" s="2">
         <v>7031</v>
       </c>
-      <c r="N239" s="1" t="s">
+      <c r="N239" s="2" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="240" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A240">
         <v>30002475</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E240" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="H240" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I240" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J240" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="K240" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="L240" s="2">
         <v>32203</v>
       </c>
       <c r="M240" s="2">
         <v>32295</v>
       </c>
-      <c r="N240" s="1" t="s">
+      <c r="N240" s="2" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M s E A A B Q S w M E F A A C A A g A E o K B W / l h B / S j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L e h A y K M M r p K Y E I 1 r U y o 2 w s P Q Y v k 3 B z / J X x C j q J v j P f c M 9 9 6 v N 8 j H t g k u u r e m w 4 x E l J N A o + o q g 3 V G B n c I E 5 I L 2 E h 1 k r U O J h l t O t o q I 0 f n z i l j 3 n v q F 7 T r a x Z z H r F 9 s S 7 V U b e S f G T z X w 4 N W i d R a S J g 9 x o j Y h o t E x r z a R O w G U J h 8 C v E U / d s f y C s h s Y N v R Y a w 2 0 J b I 7 A 3 h / E A 1 B L A w Q U A A I A C A A S g o F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A E o K B W / f O d o j G A Q A A f w M A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A I W S U W + b M B D H 3 y P l O 1 j 0 h U g U w Z p A s o q H D V I t U 5 R m Q J 9 C H 1 y 4 J p a M 3 d k m b R T 1 u 8 8 e V G 0 H 0 n i x f f + f 7 n 9 3 n I R S E c 5 Q 1 p 7 + 9 X g 0 H s k D F l C h C 0 s R R e G S E q k u A 2 / h + R a K E A U 1 H i H 9 Z b w R J e h I L I 9 u w s u m B q b s G 0 L B j T l T + i F t K / 5 a 3 E k Q s q h 5 y R n j o k j 4 M 6 M c V 7 J Q 9 V P x r 4 N b y q M 1 c X Y J U F I T B S K y H M t B M a d N z W T k T x 2 0 Z C W v C N t H w c z z f A f 9 a r i C T J 0 o R O 9 X d 8 M Z 3 E + c t t Q L a y t 4 r b U K / Q B c 6 X p M J z l + 0 G C n d H G 7 7 c p B u y 7 + j d K s x B Q L G S n R f E w Z H z D b 6 4 z 5 6 Q n e 0 + U C M / n I R d 2 W b E R p D / g 7 5 7 O V g 6 j R K t H 9 r Z g K p q 6 B X x 1 0 t j a 4 h p 3 v T 4 P p L L z X s t I C U v C i / q o p y H b 0 h m + x w O t j q y z b G D W c h f O + e h u v 4 0 5 d 9 N U t x T o / f 0 T b 5 o G S E p v d a O n 5 l w H a Q P I A o k P 8 P n I j 4 H c D r D w Z Z B H O B y p K g b 7 5 h M F V c N U n u o 3 T s z y S S s / y + 6 k z H G B / Z v l t i u 7 S d U 9 Z Y k E J S I W W L 7 h U K M E K 3 p h K 3 x W p 2 5 + w 1 o / / U z E / g s B 7 Q L Z B U G p 2 Y v L J 8 3 U y H h E 2 u D X X f w B Q S w E C L Q A U A A I A C A A S g o F b + W E H 9 K M A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A E o K B W w / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 7 w A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A A S g o F b 9 8 5 2 i M Y B A A B / A w A A E w A A A A A A A A A A A A A A A A D g A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A D z A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 3 E g A A A A A A A J U S A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z A w N z V h M G E 5 L W E 3 M z Q t N D h m N C 1 i Y W Q 4 L W I 1 Y 2 F k N D c 2 N G E w Y S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N 0 a X R s Z V 9 s a X N 0 X z Y w O T A x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D I 0 M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N S 0 x M i 0 w M V Q y M T o x N j o z N i 4 4 M D k w N T Q y W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 F 3 W U d C Z 1 l H Q m d Z R 0 J n W U h C d 1 k 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 R l c m 0 g S U Q m c X V v d D s s J n F 1 b 3 Q 7 T m F t Z V s x M T Q 2 N D U 3 X S Z x d W 9 0 O y w m c X V v d D t S Z X N v d X J j Z S B U e X B l W z E x N D Y 0 N j B d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l T U 0 5 b M T E 0 N z U 3 O F 0 m c X V v d D s s J n F 1 b 3 Q 7 T 0 N M Q 1 s x M T Q 3 N T c 5 X S Z x d W 9 0 O y w m c X V v d D t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s x M T Q 3 N T g y X S Z x d W 9 0 O y w m c X V v d D t Q d W J s a X N o Z X J b M T E 0 N z U 4 M V 0 m c X V v d D s s J n F 1 b 3 Q 7 R n J l c X V l b m N 5 W z E x N D k 3 O D h d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u W z E x N z Y z N j N d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s x M T Q 3 N T g z X S Z x d W 9 0 O y w m c X V v d D t K U 1 R P U i B V U k w m c X V v d D s s J n F 1 b 3 Q 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s x M T Q 2 N D U 3 X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M T E 0 N j Q 2 M F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z E x N D c 1 N z h d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s x M T Q 3 N T c 5 X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z E x N D c 1 O D J d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z E x N D c 1 O D F d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z E x N D k 3 O D h d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M T E 3 N j M 2 M 1 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M T E 0 N z U 4 M 1 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z E x N D Y 0 N T d d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s x M T Q 2 N D Y w X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M T E 0 N z U 3 O F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z E x N D c 1 N z l d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M T E 0 N z U 4 M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M T E 0 N z U 4 M V 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M T E 0 O T c 4 O F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s x M T c 2 M z Y z X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s x M T Q 3 N T g z X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 Q c m 9 t b 3 R l Z C U y M E h l Y W R l c n M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A M B 6 Z W a Z c v N D r w k D u s s Y j O c A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A t 2 1 m Q H W b d J A E M G 4 D w 3 Z E m y 6 Z R Q t M X T G g S Q T d C a s k i p s A A A A A D o A A A A A C A A A g A A A A u w K Q y Q 8 S a b Z p G X S 7 e G O X E d f 9 w 8 S o F 9 C Q p U z y K 2 r W w V F Q A A A A B B 4 q E l t X Y F I m 1 u M 2 9 j 4 B q N X a u H n l y y I f x 2 Y d D v d y Y I E d l o Z N c 8 a + A Y N S R z T r e E 0 V k u n + n a X c 1 l u Q W P m F N a i L v i v 6 9 6 5 C 7 U v U m G 9 M 6 4 F 5 U 7 9 A A A A A 5 u c 6 y i m R k q 3 n a U p x p E X T d A 3 t 6 m G 2 z s s R X E f E n 9 L D n 5 u X X J N P 8 L S h h h 1 r 2 Z L N T G J a q z C z 8 2 w s E s B f / Z 7 E 0 T G M / w = = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M w E A A B Q S w M E F A A C A A g A R 1 w l X B 3 y + A m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 g i k l I W b i U x I R q 3 T a 3 Q C B + G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 5 4 N T R 1 c d G d N C y l i m K J A g 2 o P B s o U 9 e 4 Y x i g T f C P V S Z Y 6 G G W w y W A P K a q c O y e E e O + x n + G 2 K 0 l E K S P 7 f F 2 o S j c S f W T z X w 4 N W C d B a S T 4 7 j V G R J j N l 5 g t Y k w 5 m S D P D X y F a N z 7 b H 8 g X / W 1 6 z s t N I T b g p M p c v L + I B 5 Q S w M E F A A C A A g A R 1 w l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A E d c J V z 3 z n a I x g E A A H 8 D A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A C F k l F v m z A Q x 9 8 j 5 T t Y 9 I V I F M G a Q L K K h w 1 S L V O U Z k C f Q h 9 c u C a W j N 3 Z J m 0 U 9 b v P H l R t B 9 J 4 s X 3 / n + 5 / d 5 y E U h H O U N a e / v V 4 N B 7 J A x Z Q o Q t L E U X h k h K p L g N v 4 f k W i h A F N R 4 h / W W 8 E S X o S C y P b s L L p g a m 7 B t C w Y 0 5 U / o h b S v + W t x J E L K o e c k Z 4 6 J I + D O j H F e y U P V T 8 a + D W 8 q j N X F 2 C V B S E w U i s h z L Q T G n T c 1 k 5 E 8 d t G Q l r w j b R 8 H M 8 3 w H / W q 4 g k y d K E T v V 3 f D G d x P n L b U C 2 s r e K 2 1 C v 0 A X O l 6 T C c 5 f t B g p 3 R x u + 3 K Q b s u / o 3 S r M Q U C x k p 0 X x M G R 8 w 2 + u M + e k J 3 t P l A j P 5 y E X d l m x E a Q / 4 O + e z l Y O o 0 S r R / a 2 Y C q a u g V 8 d d L Y 2 u I a d 7 0 + D 6 S y 8 1 7 L S A l L w o v 6 q K c h 2 9 I Z v s c D r Y 6 s s 2 x g 1 n I X z v n o b r + N O X f T V L c U 6 P 3 9 E 2 + a B k h K b 3 W j p + Z c B 2 k D y A K J D / D 5 y I + B 3 A 6 w 8 G W Q R z g c q S o G + + Y T B V X D V J 7 q N 0 7 M 8 k k r P 8 v u p M x x g f 2 b 5 b Y r u 0 n V P W W J B C U i F l i + 4 V C j B C t 6 Y S t 8 V q d u f s N a P / 1 M x P 4 L A e 0 C 2 Q V B q d m L y y f N 1 M h 4 R N r g 1 1 3 8 A U E s B A i 0 A F A A C A A g A R 1 w l X B 3 y + A m k A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A E d c J V w P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P A A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A R 1 w l X P f O d o j G A Q A A f w M A A B M A A A A A A A A A A A A A A A A A 4 Q E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A 9 A M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + t x I A A A A A A A C V E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n N h Y T V m M D R m N i 1 m M j N l L T Q x N G M t O T V m N S 0 0 N j E 5 Y z A x Y z U 3 Y j c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d G l 0 b G V f b G l z d F 8 2 M D k w M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w y N D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Y t M D E t M D V U M T Y 6 M z Q 6 M T Q u O T M w M z U z N 1 o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 1 l H Q m d Z R 0 J n W U d C Z 1 l I Q n d Z P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t U Z X J t I E l E J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 h b W V b M T E 0 N j Q 1 N 1 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V z b 3 V y Y 2 U g V H l w Z V s x M T Q 2 N D Y w X S Z x d W 9 0 O y w m c X V v d D t J U 1 N O W z E x N D c 1 N z h d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 D T E N b M T E 0 N z U 3 O V 0 m c X V v d D s s J n F 1 b 3 Q 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M T E 0 N z U 4 M l 0 m c X V v d D s s J n F 1 b 3 Q 7 U H V i b G l z a G V y W z E x N D c 1 O D F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 Z y Z X F 1 Z W 5 j e V s x M T Q 5 N z g 4 X S Z x d W 9 0 O y w m c X V v d D t S Z W x h d G l v b l s x M T c 2 M z Y z X S Z x d W 9 0 O y w m c X V v d D t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M T E 0 N z U 4 M 1 0 m c X V v d D s s J n F 1 b 3 Q 7 S l N U T 1 I g V V J M J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M T E 0 N j Q 1 N 1 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z E x N D Y 0 N j B d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s x M T Q 3 N T c 4 X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M T E 0 N z U 3 O V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s x M T Q 3 N T g y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s x M T Q 3 N T g x X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s x M T Q 5 N z g 4 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z E x N z Y z N j N d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z E x N D c 1 O D N d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s x M T Q 2 N D U 3 X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M T E 0 N j Q 2 M F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z E x N D c 1 N z h d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s x M T Q 3 N T c 5 X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z E x N D c 1 O D J d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z E x N D c 1 O D F d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z E x N D k 3 O D h d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M T E 3 N j M 2 M 1 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M T E 0 N z U 4 M 1 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v U H J v b W 9 0 Z W Q l M j B I Z W F k Z X J z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 D a G F u Z 2 V k J T I w V H l w Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D A e m V m m X L z Q 6 8 J A 7 r L G I z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A B Q g c R X S w M o u B F p Q F b T 3 H E X h l q a n J X 8 W X 0 S l r G K Z N f 6 6 A A A A A A 6 A A A A A A g A A I A A A A M 3 X y I + l l 0 g Q F n r O g C w Z K h r 8 7 H 5 n k d w + n 2 l 5 p j X h i T L 7 U A A A A D N m U r Y N o w e U g q r z B J y E v L D d H r K G q 3 y C 1 4 6 u U B 8 x C P G + 6 2 s N E i a 0 P 1 F b Z f U L Q o Z j r V f u z 4 M T j E 3 J / t P X B m T 8 5 j 0 p w z 2 l L j T 3 H o Z 4 W E v / 6 5 7 m Q A A A A D J 0 + B F s l z 6 9 X C l K G Q z j A N 1 Y g 7 e / A N R i 7 1 s R e t 8 a k J d r 2 l W p g f J y x 6 d L U o y Z L i p z E C 1 K A / 8 9 h M j d m A c B 7 4 I a / / o = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97869C1A-B85A-483F-814B-08DF57BC65C4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD130743-C450-4C8F-8C91-6B7B281A5014}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-60901</vt:lpstr>
     </vt:vector>