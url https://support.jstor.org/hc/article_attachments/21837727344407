--- v2 (2026-01-27)
+++ v3 (2026-02-17)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{496A65A5-1D9B-4CC2-BFA2-C2614D28043D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{09195192-B76C-4827-955F-C66B9BF87351}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{99C503A0-5BCD-4E86-B6DB-293245C7D0F5}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{D6698A55-AE37-4AF6-B117-2A6353FB699F}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-60901" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-60901'!$A$1:$N$240</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{567DF5D6-D46A-4E6D-A120-D7B72C29C566}" keepAlive="1" name="Query - title-list-60901" description="Connection to the 'title-list-60901' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{FD996144-96CB-40C7-85F4-1A789A81D1D0}" keepAlive="1" name="Query - title-list-60901" description="Connection to the 'title-list-60901' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-60901;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-60901]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2643" uniqueCount="1335">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[1146457]</t>
   </si>
   <si>
     <t>Resource Type[1146460]</t>
   </si>
   <si>
     <t>ISSN[1147578]</t>
   </si>
   <si>
     <t>OCLC[1147579]</t>
   </si>
   <si>
     <t>Place of Publication[1147582]</t>
   </si>
@@ -4106,147 +4106,147 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="13">
     <dxf>
       <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
+      <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{33103E3A-B6E4-43EE-A532-195C1826F4F0}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{7612833A-302F-43B1-A0AC-BFC680F179F7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="15">
     <queryTableFields count="14">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[1146457]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[1146460]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[1147578]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[1147579]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[1147582]" tableColumnId="6"/>
       <queryTableField id="7" name="Publisher[1147581]" tableColumnId="7"/>
       <queryTableField id="8" name="Frequency[1149788]" tableColumnId="8"/>
       <queryTableField id="9" name="Relation[1176363]" tableColumnId="9"/>
       <queryTableField id="10" name="Source Provided By[1147583]" tableColumnId="10"/>
       <queryTableField id="11" name="JSTOR URL" tableColumnId="11"/>
       <queryTableField id="12" name="Earliest Exact Date" tableColumnId="12"/>
       <queryTableField id="13" name="Latest Exact Date" tableColumnId="13"/>
       <queryTableField id="14" name="Coverage (Date Range)" tableColumnId="14"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A1DE5F3B-97EC-44E3-9A47-17651F137516}" name="title_list_60901" displayName="title_list_60901" ref="A1:N240" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:N240" xr:uid="{A1DE5F3B-97EC-44E3-9A47-17651F137516}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{48AE1CD4-D189-45AF-87F9-2FF156AB5BFC}" name="title_list_60901" displayName="title_list_60901" ref="A1:N240" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:N240" xr:uid="{48AE1CD4-D189-45AF-87F9-2FF156AB5BFC}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N240">
     <sortCondition ref="B1:B240"/>
   </sortState>
   <tableColumns count="14">
-    <tableColumn id="1" xr3:uid="{C098A037-5AC3-4F03-9D8B-5166094261EC}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...12 lines deleted...]
-    <tableColumn id="14" xr3:uid="{50CA5C32-1A44-4C6F-B09E-626960A36599}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{9C8C205B-F792-4EB0-B21C-53EB4BD191E7}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{CEE2EEE0-32DB-436D-88F5-D7A1C1DB1472}" uniqueName="2" name="Name[1146457]" queryTableFieldId="2" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{197D5F21-6C52-42BB-99A5-569245DFC882}" uniqueName="3" name="Resource Type[1146460]" queryTableFieldId="3" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{EBE65653-EC38-4D05-8F33-CBABB0A02AFD}" uniqueName="4" name="ISSN[1147578]" queryTableFieldId="4" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{2B0111B4-DBDF-49DA-93C4-6D3366112EFA}" uniqueName="5" name="OCLC[1147579]" queryTableFieldId="5" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{EA99F0CB-A385-429A-93D2-EECF98809C7E}" uniqueName="6" name="Place of Publication[1147582]" queryTableFieldId="6" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{848E3E76-7E9B-4857-8A0C-4813BF7D353E}" uniqueName="7" name="Publisher[1147581]" queryTableFieldId="7" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{B55B8BF5-9F6D-4837-9327-9FBE5BB3D501}" uniqueName="8" name="Frequency[1149788]" queryTableFieldId="8" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{39FCCCF2-29CE-446D-9A1B-0A036144C982}" uniqueName="9" name="Relation[1176363]" queryTableFieldId="9" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{4ED24293-C481-4BD3-B600-2B137DCD29DC}" uniqueName="10" name="Source Provided By[1147583]" queryTableFieldId="10" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{265279CC-662B-46D5-8546-7EFBF73B73BC}" uniqueName="11" name="JSTOR URL" queryTableFieldId="11" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{CED60818-82FC-41F9-8991-793D32D7A3D6}" uniqueName="12" name="Earliest Exact Date" queryTableFieldId="12" dataDxfId="1"/>
+    <tableColumn id="13" xr3:uid="{27A79101-1F04-475F-B991-10711596A653}" uniqueName="13" name="Latest Exact Date" queryTableFieldId="13" dataDxfId="0"/>
+    <tableColumn id="14" xr3:uid="{28BCB3D9-B7D7-4753-B7A0-A7F2B6A5D508}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -4528,10642 +4528,10642 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{375CFFF1-BFF6-4585-8D7E-818D1ED89201}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5FCBEE7-9B4D-465E-B60D-E08B73A84262}">
   <dimension ref="A1:N240"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="53" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="26.36328125" bestFit="1" customWidth="1"/>
     <col min="9" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.453125" style="2" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="22.08984375" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="22.08984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A2">
         <v>30018422</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>741</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="L2" s="2">
         <v>26024</v>
       </c>
       <c r="M2" s="2">
         <v>26390</v>
       </c>
-      <c r="N2" s="2" t="s">
+      <c r="N2" s="1" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3">
         <v>34590489</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>634</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>635</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>636</v>
       </c>
       <c r="L3" s="2">
         <v>9832</v>
       </c>
       <c r="M3" s="2">
         <v>23437</v>
       </c>
-      <c r="N3" s="2" t="s">
+      <c r="N3" s="1" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4">
         <v>35973033</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>203</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>205</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>206</v>
       </c>
       <c r="L4" s="2">
         <v>12328</v>
       </c>
       <c r="M4" s="2">
         <v>12328</v>
       </c>
-      <c r="N4" s="2" t="s">
+      <c r="N4" s="1" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5">
         <v>35261097</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>371</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>365</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>373</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>309</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>374</v>
       </c>
       <c r="L5" s="2">
         <v>2051</v>
       </c>
       <c r="M5" s="2">
         <v>2779</v>
       </c>
-      <c r="N5" s="2" t="s">
+      <c r="N5" s="1" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6">
         <v>29237588</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>1309</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>1311</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="K6" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="L6" s="2">
         <v>28734</v>
       </c>
       <c r="M6" s="2">
         <v>30682</v>
       </c>
-      <c r="N6" s="2" t="s">
+      <c r="N6" s="1" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7">
         <v>32393192</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="J7" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="L7" s="2">
         <v>14970</v>
       </c>
       <c r="M7" s="2">
         <v>15036</v>
       </c>
-      <c r="N7" s="2" t="s">
+      <c r="N7" s="1" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8">
         <v>32393191</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J8" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="L8" s="2">
         <v>28856</v>
       </c>
       <c r="M8" s="2">
         <v>41640</v>
       </c>
-      <c r="N8" s="2" t="s">
+      <c r="N8" s="1" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9">
         <v>32388132</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="L9" s="2">
         <v>19628</v>
       </c>
       <c r="M9" s="2">
         <v>44501</v>
       </c>
-      <c r="N9" s="2" t="s">
+      <c r="N9" s="1" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10">
         <v>32397503</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>993</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>994</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>995</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>996</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>997</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>308</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>998</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>999</v>
       </c>
       <c r="L10" s="2">
         <v>18913</v>
       </c>
       <c r="M10" s="2">
         <v>26299</v>
       </c>
-      <c r="N10" s="2" t="s">
+      <c r="N10" s="1" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11">
         <v>37993349</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K11" s="1" t="s">
         <v>61</v>
       </c>
       <c r="L11" s="2">
         <v>32417</v>
       </c>
       <c r="M11" s="2">
         <v>32478</v>
       </c>
-      <c r="N11" s="2" t="s">
+      <c r="N11" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12">
         <v>39333054</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2">
         <v>45474</v>
       </c>
       <c r="M12" s="2">
         <v>45566</v>
       </c>
-      <c r="N12" s="2" t="s">
+      <c r="N12" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13">
         <v>32587528</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>863</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>864</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>865</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>866</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J13" s="1" t="s">
         <v>860</v>
       </c>
       <c r="K13" s="1" t="s">
         <v>867</v>
       </c>
       <c r="L13" s="2">
         <v>27426</v>
       </c>
       <c r="M13" s="2">
         <v>27515</v>
       </c>
-      <c r="N13" s="2" t="s">
+      <c r="N13" s="1" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14">
         <v>32582034</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>868</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>869</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>870</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>871</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>872</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>873</v>
       </c>
       <c r="K14" s="1" t="s">
         <v>874</v>
       </c>
       <c r="L14" s="2">
         <v>7985</v>
       </c>
       <c r="M14" s="2">
         <v>15646</v>
       </c>
-      <c r="N14" s="2" t="s">
+      <c r="N14" s="1" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15">
         <v>35237895</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>377</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>270</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K15" s="1" t="s">
         <v>378</v>
       </c>
       <c r="L15" s="2">
         <v>23012</v>
       </c>
       <c r="M15" s="2">
         <v>23012</v>
       </c>
-      <c r="N15" s="2" t="s">
+      <c r="N15" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16">
         <v>35468701</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>354</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>355</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K16" s="1" t="s">
         <v>356</v>
       </c>
       <c r="L16" s="2">
         <v>27061</v>
       </c>
       <c r="M16" s="2">
         <v>27273</v>
       </c>
-      <c r="N16" s="2" t="s">
+      <c r="N16" s="1" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17">
         <v>30002473</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J17" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>1201</v>
       </c>
       <c r="L17" s="2">
         <v>24047</v>
       </c>
       <c r="M17" s="2">
         <v>28976</v>
       </c>
-      <c r="N17" s="2" t="s">
+      <c r="N17" s="1" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18">
         <v>33292887</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>800</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>801</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>796</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J18" s="1" t="s">
         <v>797</v>
       </c>
       <c r="K18" s="1" t="s">
         <v>802</v>
       </c>
       <c r="L18" s="2">
         <v>31051</v>
       </c>
       <c r="M18" s="2">
         <v>34775</v>
       </c>
-      <c r="N18" s="2" t="s">
+      <c r="N18" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19">
         <v>36059087</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>195</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>196</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>197</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>198</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K19" s="1" t="s">
         <v>200</v>
       </c>
       <c r="L19" s="2">
         <v>-2373</v>
       </c>
       <c r="M19" s="2">
         <v>-2373</v>
       </c>
-      <c r="N19" s="2" t="s">
+      <c r="N19" s="1" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20">
         <v>35136810</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>457</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>458</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J20" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K20" s="1" t="s">
         <v>460</v>
       </c>
       <c r="L20" s="2">
         <v>18019</v>
       </c>
       <c r="M20" s="2">
         <v>22981</v>
       </c>
-      <c r="N20" s="2" t="s">
+      <c r="N20" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21">
         <v>35153583</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>411</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>412</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>413</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K21" s="1" t="s">
         <v>415</v>
       </c>
       <c r="L21" s="2">
         <v>14458</v>
       </c>
       <c r="M21" s="2">
         <v>15950</v>
       </c>
-      <c r="N21" s="2" t="s">
+      <c r="N21" s="1" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22">
         <v>30002478</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J22" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="K22" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="L22" s="2">
         <v>22372</v>
       </c>
       <c r="M22" s="2">
         <v>26268</v>
       </c>
-      <c r="N22" s="2" t="s">
+      <c r="N22" s="1" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23">
         <v>32397495</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>965</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>966</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>959</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>960</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>967</v>
       </c>
       <c r="L23" s="2">
         <v>27096</v>
       </c>
       <c r="M23" s="2">
         <v>27208</v>
       </c>
-      <c r="N23" s="2" t="s">
+      <c r="N23" s="1" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24">
         <v>35468702</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>357</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>358</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>360</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J24" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K24" s="1" t="s">
         <v>361</v>
       </c>
       <c r="L24" s="2">
         <v>36161</v>
       </c>
       <c r="M24" s="2">
         <v>36161</v>
       </c>
-      <c r="N24" s="2" t="s">
+      <c r="N24" s="1" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25">
         <v>29695944</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>1236</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>1237</v>
       </c>
       <c r="J25" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="K25" s="1" t="s">
         <v>1239</v>
       </c>
       <c r="L25" s="2">
         <v>25294</v>
       </c>
       <c r="M25" s="2">
         <v>26634</v>
       </c>
-      <c r="N25" s="2" t="s">
+      <c r="N25" s="1" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26">
         <v>29566444</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="K26" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="L26" s="2">
         <v>22494</v>
       </c>
       <c r="M26" s="2">
         <v>24563</v>
       </c>
-      <c r="N26" s="2" t="s">
+      <c r="N26" s="1" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A27">
         <v>32393193</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>283</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J27" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="K27" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="L27" s="2">
         <v>36008</v>
       </c>
       <c r="M27" s="2">
         <v>44621</v>
       </c>
-      <c r="N27" s="2" t="s">
+      <c r="N27" s="1" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A28">
         <v>35136811</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>450</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>451</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>452</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>453</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J28" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K28" s="1" t="s">
         <v>454</v>
       </c>
       <c r="L28" s="2">
         <v>17146</v>
       </c>
       <c r="M28" s="2">
         <v>18028</v>
       </c>
-      <c r="N28" s="2" t="s">
+      <c r="N28" s="1" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A29">
         <v>35132406</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>462</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>463</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>464</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J29" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K29" s="1" t="s">
         <v>466</v>
       </c>
       <c r="L29" s="2">
         <v>17654</v>
       </c>
       <c r="M29" s="2">
         <v>19085</v>
       </c>
-      <c r="N29" s="2" t="s">
+      <c r="N29" s="1" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A30">
         <v>34686768</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J30" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K30" s="1" t="s">
         <v>549</v>
       </c>
       <c r="L30" s="2">
         <v>21551</v>
       </c>
       <c r="M30" s="2">
         <v>21916</v>
       </c>
-      <c r="N30" s="2" t="s">
+      <c r="N30" s="1" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A31">
         <v>35476123</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>344</v>
       </c>
       <c r="J31" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>345</v>
       </c>
       <c r="L31" s="2">
         <v>27426</v>
       </c>
       <c r="M31" s="2">
         <v>27546</v>
       </c>
-      <c r="N31" s="2" t="s">
+      <c r="N31" s="1" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A32">
         <v>34590490</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>639</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>640</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>641</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J32" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>642</v>
       </c>
       <c r="L32" s="2">
         <v>36495</v>
       </c>
       <c r="M32" s="2">
         <v>38749</v>
       </c>
-      <c r="N32" s="2" t="s">
+      <c r="N32" s="1" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A33">
         <v>35012372</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>505</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>506</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>504</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J33" s="1" t="s">
         <v>504</v>
       </c>
       <c r="K33" s="1" t="s">
         <v>507</v>
       </c>
       <c r="L33" s="2">
         <v>37073</v>
       </c>
       <c r="M33" s="2">
         <v>45047</v>
       </c>
-      <c r="N33" s="2" t="s">
+      <c r="N33" s="1" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A34">
         <v>38518212</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J34" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K34" s="1" t="s">
         <v>31</v>
       </c>
       <c r="L34" s="2">
         <v>29160</v>
       </c>
       <c r="M34" s="2">
         <v>33451</v>
       </c>
-      <c r="N34" s="2" t="s">
+      <c r="N34" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A35">
         <v>35476122</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>337</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>340</v>
       </c>
       <c r="J35" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>341</v>
       </c>
       <c r="L35" s="2">
         <v>27364</v>
       </c>
       <c r="M35" s="2">
         <v>27364</v>
       </c>
-      <c r="N35" s="2" t="s">
+      <c r="N35" s="1" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A36">
         <v>29566436</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>1261</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>1263</v>
       </c>
       <c r="J36" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="K36" s="1" t="s">
         <v>1264</v>
       </c>
       <c r="L36" s="2">
         <v>26390</v>
       </c>
       <c r="M36" s="2">
         <v>27181</v>
       </c>
-      <c r="N36" s="2" t="s">
+      <c r="N36" s="1" t="s">
         <v>1265</v>
       </c>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A37">
         <v>32397496</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>968</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>969</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>970</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J37" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K37" s="1" t="s">
         <v>971</v>
       </c>
       <c r="L37" s="2">
         <v>27061</v>
       </c>
       <c r="M37" s="2">
         <v>27426</v>
       </c>
-      <c r="N37" s="2" t="s">
+      <c r="N37" s="1" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A38">
         <v>29566441</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>1287</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J38" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="K38" s="1" t="s">
         <v>1291</v>
       </c>
       <c r="L38" s="2">
         <v>12267</v>
       </c>
       <c r="M38" s="2">
         <v>12420</v>
       </c>
-      <c r="N38" s="2" t="s">
+      <c r="N38" s="1" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A39">
         <v>34319029</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>696</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>697</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J39" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K39" s="1" t="s">
         <v>698</v>
       </c>
       <c r="L39" s="2">
         <v>21916</v>
       </c>
       <c r="M39" s="2">
         <v>23833</v>
       </c>
-      <c r="N39" s="2" t="s">
+      <c r="N39" s="1" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A40">
         <v>32393195</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J40" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="L40" s="2">
         <v>36678</v>
       </c>
       <c r="M40" s="2">
         <v>44927</v>
       </c>
-      <c r="N40" s="2" t="s">
+      <c r="N40" s="1" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A41">
         <v>35203742</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>387</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>388</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>389</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>391</v>
       </c>
       <c r="J41" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K41" s="1" t="s">
         <v>392</v>
       </c>
       <c r="L41" s="2">
         <v>31837</v>
       </c>
       <c r="M41" s="2">
         <v>32629</v>
       </c>
-      <c r="N41" s="2" t="s">
+      <c r="N41" s="1" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A42">
         <v>35153585</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>426</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>427</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>428</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>429</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>430</v>
       </c>
       <c r="J42" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K42" s="1" t="s">
         <v>431</v>
       </c>
       <c r="L42" s="2">
         <v>10533</v>
       </c>
       <c r="M42" s="2">
         <v>11658</v>
       </c>
-      <c r="N42" s="2" t="s">
+      <c r="N42" s="1" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A43">
         <v>35153584</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>417</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>418</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>419</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>421</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>422</v>
       </c>
       <c r="J43" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K43" s="1" t="s">
         <v>424</v>
       </c>
       <c r="L43" s="2">
         <v>16285</v>
       </c>
       <c r="M43" s="2">
         <v>25020</v>
       </c>
-      <c r="N43" s="2" t="s">
+      <c r="N43" s="1" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A44">
         <v>32811946</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>815</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>816</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>585</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>817</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>818</v>
       </c>
       <c r="J44" s="1" t="s">
         <v>586</v>
       </c>
       <c r="K44" s="1" t="s">
         <v>819</v>
       </c>
       <c r="L44" s="2">
         <v>20723</v>
       </c>
       <c r="M44" s="2">
         <v>25720</v>
       </c>
-      <c r="N44" s="2" t="s">
+      <c r="N44" s="1" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A45">
         <v>35132405</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>468</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>469</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>413</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>470</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>471</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J45" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K45" s="1" t="s">
         <v>472</v>
       </c>
       <c r="L45" s="2">
         <v>19906</v>
       </c>
       <c r="M45" s="2">
         <v>24442</v>
       </c>
-      <c r="N45" s="2" t="s">
+      <c r="N45" s="1" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A46">
         <v>35476124</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>348</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J46" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>351</v>
       </c>
       <c r="L46" s="2">
         <v>32051</v>
       </c>
       <c r="M46" s="2">
         <v>32051</v>
       </c>
-      <c r="N46" s="2" t="s">
+      <c r="N46" s="1" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A47">
         <v>32493202</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>881</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>882</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>883</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>884</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>885</v>
       </c>
       <c r="J47" s="1" t="s">
         <v>886</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>887</v>
       </c>
       <c r="L47" s="2">
         <v>14181</v>
       </c>
       <c r="M47" s="2">
         <v>26846</v>
       </c>
-      <c r="N47" s="2" t="s">
+      <c r="N47" s="1" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A48">
         <v>32397500</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>984</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J48" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K48" s="1" t="s">
         <v>985</v>
       </c>
       <c r="L48" s="2">
         <v>25507</v>
       </c>
       <c r="M48" s="2">
         <v>25549</v>
       </c>
-      <c r="N48" s="2" t="s">
+      <c r="N48" s="1" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A49">
         <v>32397499</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>980</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>981</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J49" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K49" s="1" t="s">
         <v>982</v>
       </c>
       <c r="L49" s="2">
         <v>25584</v>
       </c>
       <c r="M49" s="2">
         <v>27241</v>
       </c>
-      <c r="N49" s="2" t="s">
+      <c r="N49" s="1" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A50">
         <v>35944827</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>215</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>216</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>217</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J50" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K50" s="1" t="s">
         <v>218</v>
       </c>
       <c r="L50" s="2">
         <v>30803</v>
       </c>
       <c r="M50" s="2">
         <v>34973</v>
       </c>
-      <c r="N50" s="2" t="s">
+      <c r="N50" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A51">
         <v>34250286</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>729</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>730</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>731</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J51" s="1" t="s">
         <v>731</v>
       </c>
       <c r="K51" s="1" t="s">
         <v>732</v>
       </c>
       <c r="L51" s="2">
         <v>43809</v>
       </c>
       <c r="M51" s="2">
         <v>45624</v>
       </c>
-      <c r="N51" s="2" t="s">
+      <c r="N51" s="1" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A52">
         <v>35237896</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>379</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>380</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>282</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J52" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>381</v>
       </c>
       <c r="L52" s="2">
         <v>31444</v>
       </c>
       <c r="M52" s="2">
         <v>31809</v>
       </c>
-      <c r="N52" s="2" t="s">
+      <c r="N52" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A53">
         <v>32399442</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>912</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>913</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>914</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>915</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J53" s="1" t="s">
         <v>916</v>
       </c>
       <c r="K53" s="1" t="s">
         <v>917</v>
       </c>
       <c r="L53" s="2">
         <v>42736</v>
       </c>
       <c r="M53" s="2">
         <v>43466</v>
       </c>
-      <c r="N53" s="2" t="s">
+      <c r="N53" s="1" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A54">
         <v>37841529</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>88</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>89</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>90</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J54" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="L54" s="2">
         <v>32387</v>
       </c>
       <c r="M54" s="2">
         <v>34029</v>
       </c>
-      <c r="N54" s="2" t="s">
+      <c r="N54" s="1" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A55">
         <v>31714528</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E55" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J55" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="K55" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="L55" s="2">
         <v>27075</v>
       </c>
       <c r="M55" s="2">
         <v>28065</v>
       </c>
-      <c r="N55" s="2" t="s">
+      <c r="N55" s="1" t="s">
         <v>1135</v>
       </c>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A56">
         <v>36585847</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>157</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>159</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J56" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="1" t="s">
         <v>160</v>
       </c>
       <c r="L56" s="2">
         <v>38108</v>
       </c>
       <c r="M56" s="2">
         <v>40360</v>
       </c>
-      <c r="N56" s="2" t="s">
+      <c r="N56" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A57">
         <v>32393189</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J57" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="L57" s="2">
         <v>29403</v>
       </c>
       <c r="M57" s="2">
         <v>30956</v>
       </c>
-      <c r="N57" s="2" t="s">
+      <c r="N57" s="1" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A58">
         <v>32399443</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>919</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>920</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>921</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>922</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J58" s="1" t="s">
         <v>923</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>924</v>
       </c>
       <c r="L58" s="2">
         <v>40391</v>
       </c>
       <c r="M58" s="2">
         <v>45717</v>
       </c>
-      <c r="N58" s="2" t="s">
+      <c r="N58" s="1" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A59">
         <v>32967973</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>807</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J59" s="1" t="s">
         <v>804</v>
       </c>
       <c r="K59" s="1" t="s">
         <v>808</v>
       </c>
       <c r="L59" s="2">
         <v>13873</v>
       </c>
       <c r="M59" s="2">
         <v>13873</v>
       </c>
-      <c r="N59" s="2" t="s">
+      <c r="N59" s="1" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A60">
         <v>34656741</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>587</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>588</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>589</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J60" s="1" t="s">
         <v>591</v>
       </c>
       <c r="K60" s="1" t="s">
         <v>592</v>
       </c>
       <c r="L60" s="2">
         <v>22433</v>
       </c>
       <c r="M60" s="2">
         <v>23682</v>
       </c>
-      <c r="N60" s="2" t="s">
+      <c r="N60" s="1" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A61">
         <v>32717263</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>845</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>846</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>847</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J61" s="1" t="s">
         <v>825</v>
       </c>
       <c r="K61" s="1" t="s">
         <v>848</v>
       </c>
       <c r="L61" s="2">
         <v>32721</v>
       </c>
       <c r="M61" s="2">
         <v>33329</v>
       </c>
-      <c r="N61" s="2" t="s">
+      <c r="N61" s="1" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A62">
         <v>33523913</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>787</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>788</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>789</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>790</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>791</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J62" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>792</v>
       </c>
       <c r="L62" s="2">
         <v>29077</v>
       </c>
       <c r="M62" s="2">
         <v>30444</v>
       </c>
-      <c r="N62" s="2" t="s">
+      <c r="N62" s="1" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A63">
         <v>34686769</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>551</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>552</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>434</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>553</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J63" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>555</v>
       </c>
       <c r="L63" s="2">
         <v>22637</v>
       </c>
       <c r="M63" s="2">
         <v>25986</v>
       </c>
-      <c r="N63" s="2" t="s">
+      <c r="N63" s="1" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A64">
         <v>35604124</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>291</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>292</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>293</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J64" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K64" s="1" t="s">
         <v>294</v>
       </c>
       <c r="L64" s="2">
         <v>12693</v>
       </c>
       <c r="M64" s="2">
         <v>31809</v>
       </c>
-      <c r="N64" s="2" t="s">
+      <c r="N64" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A65">
         <v>35150108</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>434</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>435</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J65" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K65" s="1" t="s">
         <v>436</v>
       </c>
       <c r="L65" s="2">
         <v>14711</v>
       </c>
       <c r="M65" s="2">
         <v>17227</v>
       </c>
-      <c r="N65" s="2" t="s">
+      <c r="N65" s="1" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A66">
         <v>32388125</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="H66" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="J66" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="L66" s="2">
         <v>41456</v>
       </c>
       <c r="M66" s="2">
         <v>42644</v>
       </c>
-      <c r="N66" s="2" t="s">
+      <c r="N66" s="1" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A67">
         <v>32388123</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="J67" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="L67" s="2">
         <v>41244</v>
       </c>
       <c r="M67" s="2">
         <v>41395</v>
       </c>
-      <c r="N67" s="2" t="s">
+      <c r="N67" s="1" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A68">
         <v>29566433</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>1243</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J68" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K68" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="L68" s="2">
         <v>13089</v>
       </c>
       <c r="M68" s="2">
         <v>14946</v>
       </c>
-      <c r="N68" s="2" t="s">
+      <c r="N68" s="1" t="s">
         <v>1246</v>
       </c>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A69">
         <v>32717276</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>840</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>841</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>823</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>824</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J69" s="1" t="s">
         <v>825</v>
       </c>
       <c r="K69" s="1" t="s">
         <v>842</v>
       </c>
       <c r="L69" s="2">
         <v>38534</v>
       </c>
       <c r="M69" s="2">
         <v>41548</v>
       </c>
-      <c r="N69" s="2" t="s">
+      <c r="N69" s="1" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A70">
         <v>34256696</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>725</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>726</v>
       </c>
       <c r="J70" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K70" s="1" t="s">
         <v>727</v>
       </c>
       <c r="L70" s="2">
         <v>29587</v>
       </c>
       <c r="M70" s="2">
         <v>31747</v>
       </c>
-      <c r="N70" s="2" t="s">
+      <c r="N70" s="1" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A71">
         <v>34807037</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>521</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>522</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>523</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J71" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K71" s="1" t="s">
         <v>524</v>
       </c>
       <c r="L71" s="2">
         <v>30833</v>
       </c>
       <c r="M71" s="2">
         <v>32112</v>
       </c>
-      <c r="N71" s="2" t="s">
+      <c r="N71" s="1" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A72">
         <v>34661888</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>573</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>451</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>574</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>575</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J72" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K72" s="1" t="s">
         <v>576</v>
       </c>
       <c r="L72" s="2">
         <v>10395</v>
       </c>
       <c r="M72" s="2">
         <v>25689</v>
       </c>
-      <c r="N72" s="2" t="s">
+      <c r="N72" s="1" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A73">
         <v>34661889</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>579</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>580</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J73" s="1" t="s">
         <v>582</v>
       </c>
       <c r="K73" s="1" t="s">
         <v>583</v>
       </c>
       <c r="L73" s="2">
         <v>18568</v>
       </c>
       <c r="M73" s="2">
         <v>29677</v>
       </c>
-      <c r="N73" s="2" t="s">
+      <c r="N73" s="1" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A74">
         <v>34319030</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>701</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>702</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>700</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J74" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K74" s="1" t="s">
         <v>703</v>
       </c>
       <c r="L74" s="2">
         <v>26299</v>
       </c>
       <c r="M74" s="2">
         <v>26299</v>
       </c>
-      <c r="N74" s="2" t="s">
+      <c r="N74" s="1" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A75">
         <v>31572399</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J75" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K75" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="L75" s="2">
         <v>29016</v>
       </c>
       <c r="M75" s="2">
         <v>29058</v>
       </c>
-      <c r="N75" s="2" t="s">
+      <c r="N75" s="1" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A76">
         <v>36065161</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>189</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>191</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J76" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K76" s="1" t="s">
         <v>193</v>
       </c>
       <c r="L76" s="2">
         <v>33756</v>
       </c>
       <c r="M76" s="2">
         <v>33756</v>
       </c>
-      <c r="N76" s="2" t="s">
+      <c r="N76" s="1" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A77">
         <v>34015009</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>756</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>757</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>758</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J77" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K77" s="1" t="s">
         <v>759</v>
       </c>
       <c r="L77" s="2">
         <v>33298</v>
       </c>
       <c r="M77" s="2">
         <v>40817</v>
       </c>
-      <c r="N77" s="2" t="s">
+      <c r="N77" s="1" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A78">
         <v>35609811</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>280</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>282</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>283</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J78" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K78" s="1" t="s">
         <v>284</v>
       </c>
       <c r="L78" s="2">
         <v>32203</v>
       </c>
       <c r="M78" s="2">
         <v>33239</v>
       </c>
-      <c r="N78" s="2" t="s">
+      <c r="N78" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A79">
         <v>37849210</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>83</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J79" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K79" s="1" t="s">
         <v>85</v>
       </c>
       <c r="L79" s="2">
         <v>27912</v>
       </c>
       <c r="M79" s="2">
         <v>32112</v>
       </c>
-      <c r="N79" s="2" t="s">
+      <c r="N79" s="1" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A80">
         <v>35602389</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>297</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>298</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J80" s="1" t="s">
         <v>301</v>
       </c>
       <c r="K80" s="1" t="s">
         <v>302</v>
       </c>
       <c r="L80" s="2">
         <v>24228</v>
       </c>
       <c r="M80" s="2">
         <v>27181</v>
       </c>
-      <c r="N80" s="2" t="s">
+      <c r="N80" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A81">
         <v>32395795</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J81" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="L81" s="2">
         <v>42826</v>
       </c>
       <c r="M81" s="2">
         <v>42826</v>
       </c>
-      <c r="N81" s="2" t="s">
+      <c r="N81" s="1" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A82">
         <v>34590491</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>644</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>645</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J82" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K82" s="1" t="s">
         <v>646</v>
       </c>
       <c r="L82" s="2">
         <v>27273</v>
       </c>
       <c r="M82" s="2">
         <v>27515</v>
       </c>
-      <c r="N82" s="2" t="s">
+      <c r="N82" s="1" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A83">
         <v>35516002</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J83" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K83" s="1" t="s">
         <v>316</v>
       </c>
       <c r="L83" s="2">
         <v>14611</v>
       </c>
       <c r="M83" s="2">
         <v>14611</v>
       </c>
-      <c r="N83" s="2" t="s">
+      <c r="N83" s="1" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A84">
         <v>30002474</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J84" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="K84" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="L84" s="2">
         <v>5814</v>
       </c>
       <c r="M84" s="2">
         <v>6027</v>
       </c>
-      <c r="N84" s="2" t="s">
+      <c r="N84" s="1" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A85">
         <v>35012370</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>493</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>494</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>495</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>496</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>300</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J85" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K85" s="1" t="s">
         <v>497</v>
       </c>
       <c r="L85" s="2">
         <v>27485</v>
       </c>
       <c r="M85" s="2">
         <v>31017</v>
       </c>
-      <c r="N85" s="2" t="s">
+      <c r="N85" s="1" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A86">
         <v>35645790</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>245</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>246</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>247</v>
       </c>
       <c r="J86" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K86" s="1" t="s">
         <v>248</v>
       </c>
       <c r="L86" s="2">
         <v>33420</v>
       </c>
       <c r="M86" s="2">
         <v>34578</v>
       </c>
-      <c r="N86" s="2" t="s">
+      <c r="N86" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A87">
         <v>29566439</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J87" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="K87" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="L87" s="2">
         <v>27912</v>
       </c>
       <c r="M87" s="2">
         <v>29129</v>
       </c>
-      <c r="N87" s="2" t="s">
+      <c r="N87" s="1" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A88">
         <v>35125857</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>475</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>413</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>476</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J88" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K88" s="1" t="s">
         <v>477</v>
       </c>
       <c r="L88" s="2">
         <v>18142</v>
       </c>
       <c r="M88" s="2">
         <v>25689</v>
       </c>
-      <c r="N88" s="2" t="s">
+      <c r="N88" s="1" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A89">
         <v>35203743</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>395</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>389</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>396</v>
       </c>
       <c r="J89" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K89" s="1" t="s">
         <v>397</v>
       </c>
       <c r="L89" s="2">
         <v>31199</v>
       </c>
       <c r="M89" s="2">
         <v>31778</v>
       </c>
-      <c r="N89" s="2" t="s">
+      <c r="N89" s="1" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A90">
         <v>34319026</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>681</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>682</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J90" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K90" s="1" t="s">
         <v>683</v>
       </c>
       <c r="L90" s="2">
         <v>26999</v>
       </c>
       <c r="M90" s="2">
         <v>32143</v>
       </c>
-      <c r="N90" s="2" t="s">
+      <c r="N90" s="1" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A91">
         <v>35141052</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>445</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>413</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>446</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J91" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K91" s="1" t="s">
         <v>447</v>
       </c>
       <c r="L91" s="2">
         <v>16072</v>
       </c>
       <c r="M91" s="2">
         <v>16954</v>
       </c>
-      <c r="N91" s="2" t="s">
+      <c r="N91" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A92">
         <v>34319025</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>673</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>674</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>676</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J92" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K92" s="1" t="s">
         <v>678</v>
       </c>
       <c r="L92" s="2">
         <v>3228</v>
       </c>
       <c r="M92" s="2">
         <v>8096</v>
       </c>
-      <c r="N92" s="2" t="s">
+      <c r="N92" s="1" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A93">
         <v>30002479</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J93" s="1" t="s">
         <v>1230</v>
       </c>
       <c r="K93" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="L93" s="2">
         <v>21551</v>
       </c>
       <c r="M93" s="2">
         <v>21551</v>
       </c>
-      <c r="N93" s="2" t="s">
+      <c r="N93" s="1" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A94">
         <v>34590492</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>648</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J94" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K94" s="1" t="s">
         <v>649</v>
       </c>
       <c r="L94" s="2">
         <v>27120</v>
       </c>
       <c r="M94" s="2">
         <v>27120</v>
       </c>
-      <c r="N94" s="2" t="s">
+      <c r="N94" s="1" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A95">
         <v>34661887</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>568</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>569</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>570</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J95" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K95" s="1" t="s">
         <v>571</v>
       </c>
       <c r="L95" s="2">
         <v>33573</v>
       </c>
       <c r="M95" s="2">
         <v>34608</v>
       </c>
-      <c r="N95" s="2" t="s">
+      <c r="N95" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A96">
         <v>35153582</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>405</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>406</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>407</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>408</v>
       </c>
       <c r="J96" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K96" s="1" t="s">
         <v>409</v>
       </c>
       <c r="L96" s="2">
         <v>30925</v>
       </c>
       <c r="M96" s="2">
         <v>33390</v>
       </c>
-      <c r="N96" s="2" t="s">
+      <c r="N96" s="1" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A97">
         <v>32399444</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>926</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>927</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>928</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>929</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J97" s="1" t="s">
         <v>916</v>
       </c>
       <c r="K97" s="1" t="s">
         <v>930</v>
       </c>
       <c r="L97" s="2">
         <v>42005</v>
       </c>
       <c r="M97" s="2">
         <v>43709</v>
       </c>
-      <c r="N97" s="2" t="s">
+      <c r="N97" s="1" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A98">
         <v>33523929</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>785</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>779</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J98" s="1" t="s">
         <v>781</v>
       </c>
       <c r="K98" s="1" t="s">
         <v>786</v>
       </c>
       <c r="L98" s="2">
         <v>25569</v>
       </c>
       <c r="M98" s="2">
         <v>26165</v>
       </c>
-      <c r="N98" s="2" t="s">
+      <c r="N98" s="1" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A99">
         <v>29566434</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>1247</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>1248</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>1251</v>
       </c>
       <c r="J99" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="K99" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="L99" s="2">
         <v>29578</v>
       </c>
       <c r="M99" s="2">
         <v>39052</v>
       </c>
-      <c r="N99" s="2" t="s">
+      <c r="N99" s="1" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A100">
         <v>34656742</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>595</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>589</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J100" s="1" t="s">
         <v>591</v>
       </c>
       <c r="K100" s="1" t="s">
         <v>596</v>
       </c>
       <c r="L100" s="2">
         <v>26299</v>
       </c>
       <c r="M100" s="2">
         <v>26665</v>
       </c>
-      <c r="N100" s="2" t="s">
+      <c r="N100" s="1" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A101">
         <v>34807035</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>510</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>511</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J101" s="1" t="s">
         <v>512</v>
       </c>
       <c r="K101" s="1" t="s">
         <v>513</v>
       </c>
       <c r="L101" s="2">
         <v>44896</v>
       </c>
       <c r="M101" s="2">
         <v>44958</v>
       </c>
-      <c r="N101" s="2" t="s">
+      <c r="N101" s="1" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A102">
         <v>34791466</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>543</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>544</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>545</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J102" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="1" t="s">
         <v>546</v>
       </c>
       <c r="L102" s="2">
         <v>31260</v>
       </c>
       <c r="M102" s="2">
         <v>32813</v>
       </c>
-      <c r="N102" s="2" t="s">
+      <c r="N102" s="1" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="103" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A103">
         <v>34807036</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>516</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>517</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J103" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K103" s="1" t="s">
         <v>518</v>
       </c>
       <c r="L103" s="2">
         <v>14366</v>
       </c>
       <c r="M103" s="2">
         <v>14580</v>
       </c>
-      <c r="N103" s="2" t="s">
+      <c r="N103" s="1" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A104">
         <v>37910014</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>71</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J104" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K104" s="1" t="s">
         <v>74</v>
       </c>
       <c r="L104" s="2">
         <v>32933</v>
       </c>
       <c r="M104" s="2">
         <v>37895</v>
       </c>
-      <c r="N104" s="2" t="s">
+      <c r="N104" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A105">
         <v>35193096</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>400</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J105" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="1" t="s">
         <v>402</v>
       </c>
       <c r="L105" s="2">
         <v>44896</v>
       </c>
       <c r="M105" s="2">
         <v>45474</v>
       </c>
-      <c r="N105" s="2" t="s">
+      <c r="N105" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A106">
         <v>36478656</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>163</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>164</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J106" s="1" t="s">
         <v>166</v>
       </c>
       <c r="K106" s="1" t="s">
         <v>167</v>
       </c>
       <c r="L106" s="2">
         <v>1583</v>
       </c>
       <c r="M106" s="2">
         <v>6484</v>
       </c>
-      <c r="N106" s="2" t="s">
+      <c r="N106" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A107">
         <v>34645334</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>606</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>607</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>580</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>608</v>
       </c>
       <c r="J107" s="1" t="s">
         <v>582</v>
       </c>
       <c r="K107" s="1" t="s">
         <v>609</v>
       </c>
       <c r="L107" s="2">
         <v>26665</v>
       </c>
       <c r="M107" s="2">
         <v>28126</v>
       </c>
-      <c r="N107" s="2" t="s">
+      <c r="N107" s="1" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A108">
         <v>35012371</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>500</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>501</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J108" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K108" s="1" t="s">
         <v>502</v>
       </c>
       <c r="L108" s="2">
         <v>3348</v>
       </c>
       <c r="M108" s="2">
         <v>3409</v>
       </c>
-      <c r="N108" s="2" t="s">
+      <c r="N108" s="1" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A109">
         <v>31570014</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J109" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K109" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="L109" s="2">
         <v>-791</v>
       </c>
       <c r="M109" s="2">
         <v>3532</v>
       </c>
-      <c r="N109" s="2" t="s">
+      <c r="N109" s="1" t="s">
         <v>1162</v>
       </c>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A110">
         <v>36605527</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J110" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="N110" s="2" t="s">
+      <c r="N110" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A111">
         <v>30018421</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J111" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="K111" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="L111" s="2">
         <v>44136</v>
       </c>
       <c r="M111" s="2">
         <v>44256</v>
       </c>
-      <c r="N111" s="2" t="s">
+      <c r="N111" s="1" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A112">
         <v>34270089</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>705</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>706</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>585</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>707</v>
       </c>
       <c r="H112" s="1" t="s">
         <v>708</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>709</v>
       </c>
       <c r="J112" s="1" t="s">
         <v>586</v>
       </c>
       <c r="K112" s="1" t="s">
         <v>710</v>
       </c>
       <c r="L112" s="2">
         <v>20651</v>
       </c>
       <c r="M112" s="2">
         <v>20708</v>
       </c>
-      <c r="N112" s="2" t="s">
+      <c r="N112" s="1" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A113">
         <v>32493207</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>909</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J113" s="1" t="s">
         <v>909</v>
       </c>
       <c r="K113" s="1" t="s">
         <v>910</v>
       </c>
       <c r="L113" s="2">
         <v>38443</v>
       </c>
       <c r="M113" s="2">
         <v>45627</v>
       </c>
-      <c r="N113" s="2" t="s">
+      <c r="N113" s="1" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A114">
         <v>30002477</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J114" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="K114" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="L114" s="2">
         <v>32509</v>
       </c>
       <c r="M114" s="2">
         <v>33695</v>
       </c>
-      <c r="N114" s="2" t="s">
+      <c r="N114" s="1" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A115">
         <v>35609812</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>287</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J115" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K115" s="1" t="s">
         <v>288</v>
       </c>
       <c r="L115" s="2">
         <v>24228</v>
       </c>
       <c r="M115" s="2">
         <v>25385</v>
       </c>
-      <c r="N115" s="2" t="s">
+      <c r="N115" s="1" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A116">
         <v>30137570</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="H116" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J116" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K116" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="L116" s="2">
         <v>27187</v>
       </c>
       <c r="M116" s="2">
         <v>29742</v>
       </c>
-      <c r="N116" s="2" t="s">
+      <c r="N116" s="1" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A117">
         <v>34807038</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>527</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J117" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="1" t="s">
         <v>529</v>
       </c>
       <c r="L117" s="2">
         <v>29940</v>
       </c>
       <c r="M117" s="2">
         <v>30102</v>
       </c>
-      <c r="N117" s="2" t="s">
+      <c r="N117" s="1" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A118">
         <v>29566435</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>1257</v>
       </c>
       <c r="J118" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="K118" s="1" t="s">
         <v>1258</v>
       </c>
       <c r="L118" s="2">
         <v>29279</v>
       </c>
       <c r="M118" s="2">
         <v>29455</v>
       </c>
-      <c r="N118" s="2" t="s">
+      <c r="N118" s="1" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A119">
         <v>38295274</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>45</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J119" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K119" s="1" t="s">
         <v>47</v>
       </c>
       <c r="L119" s="2">
         <v>27638</v>
       </c>
       <c r="M119" s="2">
         <v>27760</v>
       </c>
-      <c r="N119" s="2" t="s">
+      <c r="N119" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A120">
         <v>35641133</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>269</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>270</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J120" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K120" s="1" t="s">
         <v>271</v>
       </c>
       <c r="L120" s="2">
         <v>31837</v>
       </c>
       <c r="M120" s="2">
         <v>34608</v>
       </c>
-      <c r="N120" s="2" t="s">
+      <c r="N120" s="1" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A121">
         <v>34593821</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>616</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>617</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>618</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J121" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K121" s="1" t="s">
         <v>619</v>
       </c>
       <c r="L121" s="2">
         <v>15493</v>
       </c>
       <c r="M121" s="2">
         <v>17533</v>
       </c>
-      <c r="N121" s="2" t="s">
+      <c r="N121" s="1" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A122">
         <v>36404365</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J122" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K122" s="1" t="s">
         <v>178</v>
       </c>
       <c r="L122" s="2">
         <v>23043</v>
       </c>
       <c r="M122" s="2">
         <v>23113</v>
       </c>
-      <c r="N122" s="2" t="s">
+      <c r="N122" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A123">
         <v>34661886</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>563</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>564</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J123" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K123" s="1" t="s">
         <v>565</v>
       </c>
       <c r="L123" s="2">
         <v>18354</v>
       </c>
       <c r="M123" s="2">
         <v>18598</v>
       </c>
-      <c r="N123" s="2" t="s">
+      <c r="N123" s="1" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="124" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A124">
         <v>35649887</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>233</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>234</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>235</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J124" s="1" t="s">
         <v>235</v>
       </c>
       <c r="K124" s="1" t="s">
         <v>236</v>
       </c>
       <c r="L124" s="2">
         <v>35521</v>
       </c>
       <c r="M124" s="2">
         <v>45931</v>
       </c>
-      <c r="N124" s="2" t="s">
+      <c r="N124" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A125">
         <v>35944828</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>221</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>223</v>
       </c>
       <c r="H125" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J125" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K125" s="1" t="s">
         <v>224</v>
       </c>
       <c r="L125" s="2">
         <v>30669</v>
       </c>
       <c r="M125" s="2">
         <v>31990</v>
       </c>
-      <c r="N125" s="2" t="s">
+      <c r="N125" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A126">
         <v>32967974</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>803</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J126" s="1" t="s">
         <v>804</v>
       </c>
       <c r="K126" s="1" t="s">
         <v>805</v>
       </c>
       <c r="L126" s="2">
         <v>19756</v>
       </c>
       <c r="M126" s="2">
         <v>21186</v>
       </c>
-      <c r="N126" s="2" t="s">
+      <c r="N126" s="1" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A127">
         <v>31714529</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J127" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="K127" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="L127" s="2">
         <v>29281</v>
       </c>
       <c r="M127" s="2">
         <v>30011</v>
       </c>
-      <c r="N127" s="2" t="s">
+      <c r="N127" s="1" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A128">
         <v>38327949</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J128" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K128" s="1" t="s">
         <v>38</v>
       </c>
       <c r="L128" s="2">
         <v>-5327</v>
       </c>
       <c r="M128" s="2">
         <v>17164</v>
       </c>
-      <c r="N128" s="2" t="s">
+      <c r="N128" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A129">
         <v>31570013</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="H129" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J129" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K129" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="L129" s="2">
         <v>27201</v>
       </c>
       <c r="M129" s="2">
         <v>29301</v>
       </c>
-      <c r="N129" s="2" t="s">
+      <c r="N129" s="1" t="s">
         <v>1156</v>
       </c>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A130">
         <v>34590493</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>650</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>651</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H130" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>652</v>
       </c>
       <c r="J130" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K130" s="1" t="s">
         <v>653</v>
       </c>
       <c r="L130" s="2">
         <v>5023</v>
       </c>
       <c r="M130" s="2">
         <v>6423</v>
       </c>
-      <c r="N130" s="2" t="s">
+      <c r="N130" s="1" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A131">
         <v>32388126</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J131" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="L131" s="2">
         <v>19329</v>
       </c>
       <c r="M131" s="2">
         <v>19329</v>
       </c>
-      <c r="N131" s="2" t="s">
+      <c r="N131" s="1" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A132">
         <v>32493203</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>888</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>889</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>890</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H132" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J132" s="1" t="s">
         <v>886</v>
       </c>
       <c r="K132" s="1" t="s">
         <v>891</v>
       </c>
       <c r="L132" s="2">
         <v>12585</v>
       </c>
       <c r="M132" s="2">
         <v>16072</v>
       </c>
-      <c r="N132" s="2" t="s">
+      <c r="N132" s="1" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A133">
         <v>32717287</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>834</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>835</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>836</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>837</v>
       </c>
       <c r="H133" s="1" t="s">
         <v>283</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J133" s="1" t="s">
         <v>825</v>
       </c>
       <c r="K133" s="1" t="s">
         <v>838</v>
       </c>
       <c r="L133" s="2">
         <v>14124</v>
       </c>
       <c r="M133" s="2">
         <v>26724</v>
       </c>
-      <c r="N133" s="2" t="s">
+      <c r="N133" s="1" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A134">
         <v>37910012</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H134" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J134" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K134" s="1" t="s">
         <v>80</v>
       </c>
       <c r="L134" s="2">
         <v>31199</v>
       </c>
       <c r="M134" s="2">
         <v>35034</v>
       </c>
-      <c r="N134" s="2" t="s">
+      <c r="N134" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A135">
         <v>34645333</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>611</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>612</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>580</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H135" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>613</v>
       </c>
       <c r="J135" s="1" t="s">
         <v>582</v>
       </c>
       <c r="K135" s="1" t="s">
         <v>614</v>
       </c>
       <c r="L135" s="2">
         <v>25569</v>
       </c>
       <c r="M135" s="2">
         <v>25934</v>
       </c>
-      <c r="N135" s="2" t="s">
+      <c r="N135" s="1" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A136">
         <v>35516003</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H136" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J136" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K136" s="1" t="s">
         <v>322</v>
       </c>
       <c r="L136" s="2">
         <v>35125</v>
       </c>
       <c r="M136" s="2">
         <v>35125</v>
       </c>
-      <c r="N136" s="2" t="s">
+      <c r="N136" s="1" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="137" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A137">
         <v>32388129</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J137" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="L137" s="2">
         <v>27159</v>
       </c>
       <c r="M137" s="2">
         <v>27159</v>
       </c>
-      <c r="N137" s="2" t="s">
+      <c r="N137" s="1" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A138">
         <v>29566437</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>1266</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>1267</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="J138" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="K138" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="L138" s="2">
         <v>25046</v>
       </c>
       <c r="M138" s="2">
         <v>26081</v>
       </c>
-      <c r="N138" s="2" t="s">
+      <c r="N138" s="1" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A139">
         <v>38295275</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J139" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K139" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L139" s="2">
         <v>26236</v>
       </c>
       <c r="M139" s="2">
         <v>26236</v>
       </c>
-      <c r="N139" s="2" t="s">
+      <c r="N139" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A140">
         <v>32495071</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>876</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>877</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>878</v>
       </c>
       <c r="H140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J140" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="1" t="s">
         <v>879</v>
       </c>
       <c r="L140" s="2">
         <v>43435</v>
       </c>
       <c r="M140" s="2">
         <v>43647</v>
       </c>
-      <c r="N140" s="2" t="s">
+      <c r="N140" s="1" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="141" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A141">
         <v>32587529</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>857</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>858</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>779</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>859</v>
       </c>
       <c r="H141" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J141" s="1" t="s">
         <v>860</v>
       </c>
       <c r="K141" s="1" t="s">
         <v>861</v>
       </c>
       <c r="L141" s="2">
         <v>24838</v>
       </c>
       <c r="M141" s="2">
         <v>24869</v>
       </c>
-      <c r="N141" s="2" t="s">
+      <c r="N141" s="1" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A142">
         <v>34686770</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>558</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>559</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>560</v>
       </c>
       <c r="J142" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K142" s="1" t="s">
         <v>561</v>
       </c>
       <c r="L142" s="2">
         <v>22273</v>
       </c>
       <c r="M142" s="2">
         <v>26268</v>
       </c>
-      <c r="N142" s="2" t="s">
+      <c r="N142" s="1" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A143">
         <v>32967971</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>810</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>811</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>812</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J143" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="1" t="s">
         <v>813</v>
       </c>
       <c r="L143" s="2">
         <v>37288</v>
       </c>
       <c r="M143" s="2">
         <v>39783</v>
       </c>
-      <c r="N143" s="2" t="s">
+      <c r="N143" s="1" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="144" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A144">
         <v>32397504</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>253</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="J144" s="1" t="s">
         <v>998</v>
       </c>
       <c r="K144" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="L144" s="2">
         <v>14305</v>
       </c>
       <c r="M144" s="2">
         <v>14671</v>
       </c>
-      <c r="N144" s="2" t="s">
+      <c r="N144" s="1" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="145" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A145">
         <v>36605525</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>113</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J145" s="1" t="s">
         <v>109</v>
       </c>
       <c r="K145" s="1" t="s">
         <v>116</v>
       </c>
       <c r="L145" s="2">
         <v>31168</v>
       </c>
       <c r="M145" s="2">
         <v>31382</v>
       </c>
-      <c r="N145" s="2" t="s">
+      <c r="N145" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A146">
         <v>35649888</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>239</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>240</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>241</v>
       </c>
       <c r="H146" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J146" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K146" s="1" t="s">
         <v>242</v>
       </c>
       <c r="L146" s="2">
         <v>30834</v>
       </c>
       <c r="M146" s="2">
         <v>32933</v>
       </c>
-      <c r="N146" s="2" t="s">
+      <c r="N146" s="1" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="147" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A147">
         <v>32399445</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>932</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>933</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>934</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>935</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>763</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J147" s="1" t="s">
         <v>916</v>
       </c>
       <c r="K147" s="1" t="s">
         <v>936</v>
       </c>
       <c r="L147" s="2">
         <v>42736</v>
       </c>
       <c r="M147" s="2">
         <v>42826</v>
       </c>
-      <c r="N147" s="2" t="s">
+      <c r="N147" s="1" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="148" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A148">
         <v>32717299</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>828</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>829</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>830</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>831</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>283</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J148" s="1" t="s">
         <v>825</v>
       </c>
       <c r="K148" s="1" t="s">
         <v>832</v>
       </c>
       <c r="L148" s="2">
         <v>26512</v>
       </c>
       <c r="M148" s="2">
         <v>28825</v>
       </c>
-      <c r="N148" s="2" t="s">
+      <c r="N148" s="1" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="149" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A149">
         <v>34590494</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>655</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>656</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>657</v>
       </c>
       <c r="H149" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J149" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K149" s="1" t="s">
         <v>658</v>
       </c>
       <c r="L149" s="2">
         <v>19419</v>
       </c>
       <c r="M149" s="2">
         <v>19419</v>
       </c>
-      <c r="N149" s="2" t="s">
+      <c r="N149" s="1" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="150" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A150">
         <v>32388124</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>451</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J150" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="L150" s="2">
         <v>39083</v>
       </c>
       <c r="M150" s="2">
         <v>39448</v>
       </c>
-      <c r="N150" s="2" t="s">
+      <c r="N150" s="1" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="151" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A151">
         <v>32072197</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="H151" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J151" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="K151" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="L151" s="2">
         <v>21551</v>
       </c>
       <c r="M151" s="2">
         <v>25750</v>
       </c>
-      <c r="N151" s="2" t="s">
+      <c r="N151" s="1" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="152" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A152">
         <v>35602390</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>305</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>306</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>307</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>308</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J152" s="1" t="s">
         <v>309</v>
       </c>
       <c r="K152" s="1" t="s">
         <v>310</v>
       </c>
       <c r="L152" s="2">
         <v>12844</v>
       </c>
       <c r="M152" s="2">
         <v>28126</v>
       </c>
-      <c r="N152" s="2" t="s">
+      <c r="N152" s="1" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="153" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A153">
         <v>32717221</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>850</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>851</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>852</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>850</v>
       </c>
       <c r="H153" s="1" t="s">
         <v>853</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J153" s="1" t="s">
         <v>854</v>
       </c>
       <c r="K153" s="1" t="s">
         <v>855</v>
       </c>
       <c r="L153" s="2">
         <v>39995</v>
       </c>
       <c r="M153" s="2">
         <v>43374</v>
       </c>
-      <c r="N153" s="2" t="s">
+      <c r="N153" s="1" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="154" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A154">
         <v>29237589</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>1315</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="J154" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="K154" s="1" t="s">
         <v>1319</v>
       </c>
       <c r="L154" s="2">
         <v>33756</v>
       </c>
       <c r="M154" s="2">
         <v>34243</v>
       </c>
-      <c r="N154" s="2" t="s">
+      <c r="N154" s="1" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="155" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A155">
         <v>32399446</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>938</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>939</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>940</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>941</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>942</v>
       </c>
       <c r="H155" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J155" s="1" t="s">
         <v>916</v>
       </c>
       <c r="K155" s="1" t="s">
         <v>943</v>
       </c>
       <c r="L155" s="2">
         <v>42736</v>
       </c>
       <c r="M155" s="2">
         <v>44044</v>
       </c>
-      <c r="N155" s="2" t="s">
+      <c r="N155" s="1" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="156" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A156">
         <v>34656743</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>598</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>599</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>589</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J156" s="1" t="s">
         <v>591</v>
       </c>
       <c r="K156" s="1" t="s">
         <v>600</v>
       </c>
       <c r="L156" s="2">
         <v>5753</v>
       </c>
       <c r="M156" s="2">
         <v>6484</v>
       </c>
-      <c r="N156" s="2" t="s">
+      <c r="N156" s="1" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="157" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A157">
         <v>34791467</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>537</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>538</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>539</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>540</v>
       </c>
       <c r="H157" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J157" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K157" s="1" t="s">
         <v>541</v>
       </c>
       <c r="L157" s="2">
         <v>31929</v>
       </c>
       <c r="M157" s="2">
         <v>32813</v>
       </c>
-      <c r="N157" s="2" t="s">
+      <c r="N157" s="1" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="158" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A158">
         <v>31009118</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="H158" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J158" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="K158" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="L158" s="2">
         <v>9785</v>
       </c>
       <c r="M158" s="2">
         <v>12844</v>
       </c>
-      <c r="N158" s="2" t="s">
+      <c r="N158" s="1" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="159" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A159">
         <v>36587818</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>126</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>127</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>128</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>129</v>
       </c>
       <c r="H159" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J159" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K159" s="1" t="s">
         <v>130</v>
       </c>
       <c r="L159" s="2">
         <v>5845</v>
       </c>
       <c r="M159" s="2">
         <v>6180</v>
       </c>
-      <c r="N159" s="2" t="s">
+      <c r="N159" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="160" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A160">
         <v>29566438</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="H160" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="J160" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="K160" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="L160" s="2">
         <v>24934</v>
       </c>
       <c r="M160" s="2">
         <v>25039</v>
       </c>
-      <c r="N160" s="2" t="s">
+      <c r="N160" s="1" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A161">
         <v>29237590</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="H161" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="J161" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="K161" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="L161" s="2">
         <v>33208</v>
       </c>
       <c r="M161" s="2">
         <v>33725</v>
       </c>
-      <c r="N161" s="2" t="s">
+      <c r="N161" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A162">
         <v>38518211</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J162" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K162" s="1" t="s">
         <v>26</v>
       </c>
       <c r="L162" s="2">
         <v>26299</v>
       </c>
       <c r="M162" s="2">
         <v>27485</v>
       </c>
-      <c r="N162" s="2" t="s">
+      <c r="N162" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A163">
         <v>32388127</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>451</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J163" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="L163" s="2">
         <v>39142</v>
       </c>
       <c r="M163" s="2">
         <v>39326</v>
       </c>
-      <c r="N163" s="2" t="s">
+      <c r="N163" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A164">
         <v>32397505</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="J164" s="1" t="s">
         <v>998</v>
       </c>
       <c r="K164" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="L164" s="2">
         <v>14702</v>
       </c>
       <c r="M164" s="2">
         <v>25659</v>
       </c>
-      <c r="N164" s="2" t="s">
+      <c r="N164" s="1" t="s">
         <v>1013</v>
       </c>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A165">
         <v>32397501</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>987</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J165" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K165" s="1" t="s">
         <v>988</v>
       </c>
       <c r="L165" s="2">
         <v>25717</v>
       </c>
       <c r="M165" s="2">
         <v>26484</v>
       </c>
-      <c r="N165" s="2" t="s">
+      <c r="N165" s="1" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A166">
         <v>33292888</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>795</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>796</v>
       </c>
       <c r="H166" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J166" s="1" t="s">
         <v>797</v>
       </c>
       <c r="K166" s="1" t="s">
         <v>798</v>
       </c>
       <c r="L166" s="2">
         <v>26620</v>
       </c>
       <c r="M166" s="2">
         <v>28403</v>
       </c>
-      <c r="N166" s="2" t="s">
+      <c r="N166" s="1" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A167">
         <v>34015012</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>772</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>773</v>
       </c>
       <c r="H167" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>774</v>
       </c>
       <c r="J167" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K167" s="1" t="s">
         <v>775</v>
       </c>
       <c r="L167" s="2">
         <v>22056</v>
       </c>
       <c r="M167" s="2">
         <v>22854</v>
       </c>
-      <c r="N167" s="2" t="s">
+      <c r="N167" s="1" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="168" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A168">
         <v>34015010</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>761</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>762</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H168" s="1" t="s">
         <v>763</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>764</v>
       </c>
       <c r="J168" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K168" s="1" t="s">
         <v>765</v>
       </c>
       <c r="L168" s="2">
         <v>22868</v>
       </c>
       <c r="M168" s="2">
         <v>25416</v>
       </c>
-      <c r="N168" s="2" t="s">
+      <c r="N168" s="1" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="169" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A169">
         <v>37841530</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>94</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J169" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K169" s="1" t="s">
         <v>97</v>
       </c>
       <c r="L169" s="2">
         <v>32234</v>
       </c>
       <c r="M169" s="2">
         <v>35521</v>
       </c>
-      <c r="N169" s="2" t="s">
+      <c r="N169" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="170" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A170">
         <v>34153856</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E170" s="1" t="s">
         <v>735</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>298</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H170" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J170" s="1" t="s">
         <v>736</v>
       </c>
       <c r="K170" s="1" t="s">
         <v>737</v>
       </c>
       <c r="L170" s="2">
         <v>21824</v>
       </c>
       <c r="M170" s="2">
         <v>23712</v>
       </c>
-      <c r="N170" s="2" t="s">
+      <c r="N170" s="1" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A171">
         <v>35032748</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>480</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>481</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>482</v>
       </c>
       <c r="H171" s="1" t="s">
         <v>483</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>484</v>
       </c>
       <c r="J171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="K171" s="1" t="s">
         <v>485</v>
       </c>
       <c r="L171" s="2">
         <v>10930</v>
       </c>
       <c r="M171" s="2">
         <v>22259</v>
       </c>
-      <c r="N171" s="2" t="s">
+      <c r="N171" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A172">
         <v>32399447</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>945</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>946</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>947</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>948</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J172" s="1" t="s">
         <v>916</v>
       </c>
       <c r="K172" s="1" t="s">
         <v>949</v>
       </c>
       <c r="L172" s="2">
         <v>42705</v>
       </c>
       <c r="M172" s="2">
         <v>43739</v>
       </c>
-      <c r="N172" s="2" t="s">
+      <c r="N172" s="1" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A173">
         <v>35261096</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E173" s="1" t="s">
         <v>364</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>365</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>366</v>
       </c>
       <c r="H173" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>367</v>
       </c>
       <c r="J173" s="1" t="s">
         <v>309</v>
       </c>
       <c r="K173" s="1" t="s">
         <v>368</v>
       </c>
       <c r="L173" s="2">
         <v>3150</v>
       </c>
       <c r="M173" s="2">
         <v>3507</v>
       </c>
-      <c r="N173" s="2" t="s">
+      <c r="N173" s="1" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="174" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A174">
         <v>35645791</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>251</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>252</v>
       </c>
       <c r="H174" s="1" t="s">
         <v>253</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J174" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K174" s="1" t="s">
         <v>254</v>
       </c>
       <c r="L174" s="2">
         <v>31439</v>
       </c>
       <c r="M174" s="2">
         <v>32112</v>
       </c>
-      <c r="N174" s="2" t="s">
+      <c r="N174" s="1" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A175">
         <v>32397494</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>962</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>959</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>960</v>
       </c>
       <c r="H175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J175" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K175" s="1" t="s">
         <v>963</v>
       </c>
       <c r="L175" s="2">
         <v>26816</v>
       </c>
       <c r="M175" s="2">
         <v>27082</v>
       </c>
-      <c r="N175" s="2" t="s">
+      <c r="N175" s="1" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="176" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A176">
         <v>32397493</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>958</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>959</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>960</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J176" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K176" s="1" t="s">
         <v>961</v>
       </c>
       <c r="L176" s="2">
         <v>26573</v>
       </c>
       <c r="M176" s="2">
         <v>26665</v>
       </c>
-      <c r="N176" s="2" t="s">
+      <c r="N176" s="1" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="177" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A177">
         <v>29566443</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J177" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="K177" s="1" t="s">
         <v>1299</v>
       </c>
       <c r="L177" s="2">
         <v>27181</v>
       </c>
       <c r="M177" s="2">
         <v>33786</v>
       </c>
-      <c r="N177" s="2" t="s">
+      <c r="N177" s="1" t="s">
         <v>1300</v>
       </c>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A178">
         <v>35973034</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>209</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>210</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>211</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J178" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K178" s="1" t="s">
         <v>212</v>
       </c>
       <c r="L178" s="2">
         <v>8280</v>
       </c>
       <c r="M178" s="2">
         <v>8280</v>
       </c>
-      <c r="N178" s="2" t="s">
+      <c r="N178" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A179">
         <v>32397498</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>973</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>974</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J179" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K179" s="1" t="s">
         <v>978</v>
       </c>
       <c r="L179" s="2">
         <v>30134</v>
       </c>
       <c r="M179" s="2">
         <v>30736</v>
       </c>
-      <c r="N179" s="2" t="s">
+      <c r="N179" s="1" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A180">
         <v>29566442</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="H180" s="1" t="s">
         <v>763</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J180" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="K180" s="1" t="s">
         <v>1295</v>
       </c>
       <c r="L180" s="2">
         <v>23835</v>
       </c>
       <c r="M180" s="2">
         <v>23835</v>
       </c>
-      <c r="N180" s="2" t="s">
+      <c r="N180" s="1" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A181">
         <v>32388131</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="H181" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J181" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="K181" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="L181" s="2">
         <v>39617</v>
       </c>
       <c r="M181" s="2">
         <v>45231</v>
       </c>
-      <c r="N181" s="2" t="s">
+      <c r="N181" s="1" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="182" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A182">
         <v>32397502</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>989</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>990</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>991</v>
       </c>
       <c r="H182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J182" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K182" s="1" t="s">
         <v>992</v>
       </c>
       <c r="L182" s="2">
         <v>25993</v>
       </c>
       <c r="M182" s="2">
         <v>26085</v>
       </c>
-      <c r="N182" s="2" t="s">
+      <c r="N182" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="183" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A183">
         <v>36605524</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>106</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>107</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>108</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J183" s="1" t="s">
         <v>109</v>
       </c>
       <c r="K183" s="1" t="s">
         <v>110</v>
       </c>
       <c r="L183" s="2">
         <v>26785</v>
       </c>
       <c r="M183" s="2">
         <v>26785</v>
       </c>
-      <c r="N183" s="2" t="s">
+      <c r="N183" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="184" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A184">
         <v>37910013</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>64</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J184" s="1" t="s">
         <v>67</v>
       </c>
       <c r="K184" s="1" t="s">
         <v>68</v>
       </c>
       <c r="L184" s="2">
         <v>33543</v>
       </c>
       <c r="M184" s="2">
         <v>37895</v>
       </c>
-      <c r="N184" s="2" t="s">
+      <c r="N184" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="185" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A185">
         <v>34593819</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>621</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>622</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>623</v>
       </c>
       <c r="H185" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>624</v>
       </c>
       <c r="J185" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K185" s="1" t="s">
         <v>625</v>
       </c>
       <c r="L185" s="2">
         <v>11213</v>
       </c>
       <c r="M185" s="2">
         <v>11892</v>
       </c>
-      <c r="N185" s="2" t="s">
+      <c r="N185" s="1" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="186" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A186">
         <v>32397497</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>972</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>973</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>974</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J186" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K186" s="1" t="s">
         <v>975</v>
       </c>
       <c r="L186" s="2">
         <v>25920</v>
       </c>
       <c r="M186" s="2">
         <v>26368</v>
       </c>
-      <c r="N186" s="2" t="s">
+      <c r="N186" s="1" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="187" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A187">
         <v>31191737</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J187" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K187" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="L187" s="2">
         <v>27210</v>
       </c>
       <c r="M187" s="2">
         <v>30176</v>
       </c>
-      <c r="N187" s="2" t="s">
+      <c r="N187" s="1" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="188" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A188">
         <v>34807039</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>531</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>532</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>533</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J188" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K188" s="1" t="s">
         <v>534</v>
       </c>
       <c r="L188" s="2">
         <v>23193</v>
       </c>
       <c r="M188" s="2">
         <v>23468</v>
       </c>
-      <c r="N188" s="2" t="s">
+      <c r="N188" s="1" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="189" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A189">
         <v>34656744</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E189" s="1" t="s">
         <v>603</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>589</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H189" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J189" s="1" t="s">
         <v>591</v>
       </c>
       <c r="K189" s="1" t="s">
         <v>604</v>
       </c>
       <c r="L189" s="2">
         <v>20515</v>
       </c>
       <c r="M189" s="2">
         <v>20668</v>
       </c>
-      <c r="N189" s="2" t="s">
+      <c r="N189" s="1" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="190" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A190">
         <v>34319027</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>685</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>686</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>676</v>
       </c>
       <c r="H190" s="1" t="s">
         <v>308</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>687</v>
       </c>
       <c r="J190" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K190" s="1" t="s">
         <v>688</v>
       </c>
       <c r="L190" s="2">
         <v>13150</v>
       </c>
       <c r="M190" s="2">
         <v>24624</v>
       </c>
-      <c r="N190" s="2" t="s">
+      <c r="N190" s="1" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="191" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A191">
         <v>36587821</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>145</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>134</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>146</v>
       </c>
       <c r="H191" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>147</v>
       </c>
       <c r="J191" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K191" s="1" t="s">
         <v>148</v>
       </c>
       <c r="L191" s="2">
         <v>7337</v>
       </c>
       <c r="M191" s="2">
         <v>7703</v>
       </c>
-      <c r="N191" s="2" t="s">
+      <c r="N191" s="1" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="192" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A192">
         <v>29566440</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J192" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="K192" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="L192" s="2">
         <v>23924</v>
       </c>
       <c r="M192" s="2">
         <v>25903</v>
       </c>
-      <c r="N192" s="2" t="s">
+      <c r="N192" s="1" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="193" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A193">
         <v>35495382</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>325</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>326</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>327</v>
       </c>
       <c r="H193" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>328</v>
       </c>
       <c r="J193" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K193" s="1" t="s">
         <v>329</v>
       </c>
       <c r="L193" s="2">
         <v>28734</v>
       </c>
       <c r="M193" s="2">
         <v>28856</v>
       </c>
-      <c r="N193" s="2" t="s">
+      <c r="N193" s="1" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="194" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A194">
         <v>34148023</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>739</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>741</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>742</v>
       </c>
       <c r="J194" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K194" s="1" t="s">
         <v>744</v>
       </c>
       <c r="L194" s="2">
         <v>27861</v>
       </c>
       <c r="M194" s="2">
         <v>27875</v>
       </c>
-      <c r="N194" s="2" t="s">
+      <c r="N194" s="1" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="195" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A195">
         <v>32493204</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>893</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>894</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>883</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>895</v>
       </c>
       <c r="H195" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>896</v>
       </c>
       <c r="J195" s="1" t="s">
         <v>886</v>
       </c>
       <c r="K195" s="1" t="s">
         <v>897</v>
       </c>
       <c r="L195" s="2">
         <v>15523</v>
       </c>
       <c r="M195" s="2">
         <v>15888</v>
       </c>
-      <c r="N195" s="2" t="s">
+      <c r="N195" s="1" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="196" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A196">
         <v>32072198</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="H196" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J196" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="K196" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="L196" s="2">
         <v>33909</v>
       </c>
       <c r="M196" s="2">
         <v>34243</v>
       </c>
-      <c r="N196" s="2" t="s">
+      <c r="N196" s="1" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="197" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A197">
         <v>32388130</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J197" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K197" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="L197" s="2">
         <v>37622</v>
       </c>
       <c r="M197" s="2">
         <v>37622</v>
       </c>
-      <c r="N197" s="2" t="s">
+      <c r="N197" s="1" t="s">
         <v>1090</v>
       </c>
     </row>
     <row r="198" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A198">
         <v>33523930</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>777</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>778</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>779</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J198" s="1" t="s">
         <v>781</v>
       </c>
       <c r="K198" s="1" t="s">
         <v>782</v>
       </c>
       <c r="L198" s="2">
         <v>25934</v>
       </c>
       <c r="M198" s="2">
         <v>28430</v>
       </c>
-      <c r="N198" s="2" t="s">
+      <c r="N198" s="1" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="199" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A199">
         <v>36085035</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>181</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>182</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>184</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J199" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K199" s="1" t="s">
         <v>186</v>
       </c>
       <c r="L199" s="2">
         <v>12788</v>
       </c>
       <c r="M199" s="2">
         <v>33329</v>
       </c>
-      <c r="N199" s="2" t="s">
+      <c r="N199" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="200" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A200">
         <v>36605526</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>119</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>120</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J200" s="1" t="s">
         <v>109</v>
       </c>
       <c r="K200" s="1" t="s">
         <v>121</v>
       </c>
       <c r="L200" s="2">
         <v>24139</v>
       </c>
       <c r="M200" s="2">
         <v>24654</v>
       </c>
-      <c r="N200" s="2" t="s">
+      <c r="N200" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="201" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A201">
         <v>35644601</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>257</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>260</v>
       </c>
       <c r="J201" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K201" s="1" t="s">
         <v>261</v>
       </c>
       <c r="L201" s="2">
         <v>20180</v>
       </c>
       <c r="M201" s="2">
         <v>20180</v>
       </c>
-      <c r="N201" s="2" t="s">
+      <c r="N201" s="1" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="202" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A202">
         <v>35644602</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>264</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H202" s="1" t="s">
         <v>259</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>265</v>
       </c>
       <c r="J202" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K202" s="1" t="s">
         <v>266</v>
       </c>
       <c r="L202" s="2">
         <v>21186</v>
       </c>
       <c r="M202" s="2">
         <v>23377</v>
       </c>
-      <c r="N202" s="2" t="s">
+      <c r="N202" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="203" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A203">
         <v>35944829</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>227</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>228</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>229</v>
       </c>
       <c r="H203" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J203" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K203" s="1" t="s">
         <v>230</v>
       </c>
       <c r="L203" s="2">
         <v>33144</v>
       </c>
       <c r="M203" s="2">
         <v>33848</v>
       </c>
-      <c r="N203" s="2" t="s">
+      <c r="N203" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="204" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A204">
         <v>36587819</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>133</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>134</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H204" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>136</v>
       </c>
       <c r="J204" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K204" s="1" t="s">
         <v>137</v>
       </c>
       <c r="L204" s="2">
         <v>-252</v>
       </c>
       <c r="M204" s="2">
         <v>6211</v>
       </c>
-      <c r="N204" s="2" t="s">
+      <c r="N204" s="1" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="205" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A205">
         <v>36587820</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>134</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H205" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J205" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K205" s="1" t="s">
         <v>142</v>
       </c>
       <c r="L205" s="2">
         <v>6260</v>
       </c>
       <c r="M205" s="2">
         <v>7306</v>
       </c>
-      <c r="N205" s="2" t="s">
+      <c r="N205" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="206" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A206">
         <v>32393194</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>308</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J206" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="K206" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="L206" s="2">
         <v>28839</v>
       </c>
       <c r="M206" s="2">
         <v>44927</v>
       </c>
-      <c r="N206" s="2" t="s">
+      <c r="N206" s="1" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="207" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A207">
         <v>36656780</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>100</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>101</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>102</v>
       </c>
       <c r="H207" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J207" s="1" t="s">
         <v>60</v>
       </c>
       <c r="K207" s="1" t="s">
         <v>103</v>
       </c>
       <c r="L207" s="2">
         <v>-5875</v>
       </c>
       <c r="M207" s="2">
         <v>12782</v>
       </c>
-      <c r="N207" s="2" t="s">
+      <c r="N207" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="208" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A208">
         <v>29237591</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="H208" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J208" s="1" t="s">
         <v>1312</v>
       </c>
       <c r="K208" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="L208" s="2">
         <v>27576</v>
       </c>
       <c r="M208" s="2">
         <v>27576</v>
       </c>
-      <c r="N208" s="2" t="s">
+      <c r="N208" s="1" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="209" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A209">
         <v>32388128</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>434</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J209" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="L209" s="2">
         <v>38765</v>
       </c>
       <c r="M209" s="2">
         <v>38806</v>
       </c>
-      <c r="N209" s="2" t="s">
+      <c r="N209" s="1" t="s">
         <v>1081</v>
       </c>
     </row>
     <row r="210" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A210">
         <v>38242055</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>50</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>52</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J210" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="1" t="s">
         <v>54</v>
       </c>
       <c r="L210" s="2">
         <v>29738</v>
       </c>
       <c r="M210" s="2">
         <v>35551</v>
       </c>
-      <c r="N210" s="2" t="s">
+      <c r="N210" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="211" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A211">
         <v>35141053</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>439</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>440</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>441</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J211" s="1" t="s">
         <v>315</v>
       </c>
       <c r="K211" s="1" t="s">
         <v>442</v>
       </c>
       <c r="L211" s="2">
         <v>17107</v>
       </c>
       <c r="M211" s="2">
         <v>17319</v>
       </c>
-      <c r="N211" s="2" t="s">
+      <c r="N211" s="1" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="212" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A212">
         <v>35641134</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>274</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>275</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>276</v>
       </c>
       <c r="H212" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J212" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K212" s="1" t="s">
         <v>277</v>
       </c>
       <c r="L212" s="2">
         <v>31990</v>
       </c>
       <c r="M212" s="2">
         <v>32203</v>
       </c>
-      <c r="N212" s="2" t="s">
+      <c r="N212" s="1" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="213" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A213">
         <v>32493205</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>899</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>900</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>883</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>884</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>901</v>
       </c>
       <c r="J213" s="1" t="s">
         <v>886</v>
       </c>
       <c r="K213" s="1" t="s">
         <v>902</v>
       </c>
       <c r="L213" s="2">
         <v>14519</v>
       </c>
       <c r="M213" s="2">
         <v>16923</v>
       </c>
-      <c r="N213" s="2" t="s">
+      <c r="N213" s="1" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="214" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A214">
         <v>31570012</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="H214" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J214" s="1" t="s">
         <v>743</v>
       </c>
       <c r="K214" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="L214" s="2">
         <v>27187</v>
       </c>
       <c r="M214" s="2">
         <v>28993</v>
       </c>
-      <c r="N214" s="2" t="s">
+      <c r="N214" s="1" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="215" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A215">
         <v>32072199</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="H215" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J215" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="K215" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="L215" s="2">
         <v>24929</v>
       </c>
       <c r="M215" s="2">
         <v>25447</v>
       </c>
-      <c r="N215" s="2" t="s">
+      <c r="N215" s="1" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="216" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A216">
         <v>34038078</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>750</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>751</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>752</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>753</v>
       </c>
       <c r="H216" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J216" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K216" s="1" t="s">
         <v>754</v>
       </c>
       <c r="L216" s="2">
         <v>34090</v>
       </c>
       <c r="M216" s="2">
         <v>34578</v>
       </c>
-      <c r="N216" s="2" t="s">
+      <c r="N216" s="1" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="217" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A217">
         <v>34038079</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>747</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H217" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J217" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K217" s="1" t="s">
         <v>748</v>
       </c>
       <c r="L217" s="2">
         <v>25477</v>
       </c>
       <c r="M217" s="2">
         <v>27030</v>
       </c>
-      <c r="N217" s="2" t="s">
+      <c r="N217" s="1" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="218" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A218">
         <v>34267297</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>719</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>720</v>
       </c>
       <c r="H218" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J218" s="1" t="s">
         <v>721</v>
       </c>
       <c r="K218" s="1" t="s">
         <v>722</v>
       </c>
       <c r="L218" s="2">
         <v>4827</v>
       </c>
       <c r="M218" s="2">
         <v>6962</v>
       </c>
-      <c r="N218" s="2" t="s">
+      <c r="N218" s="1" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="219" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A219">
         <v>34590495</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>660</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>661</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H219" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I219" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J219" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K219" s="1" t="s">
         <v>662</v>
       </c>
       <c r="L219" s="2">
         <v>28856</v>
       </c>
       <c r="M219" s="2">
         <v>28915</v>
       </c>
-      <c r="N219" s="2" t="s">
+      <c r="N219" s="1" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="220" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A220">
         <v>34319024</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>669</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>670</v>
       </c>
       <c r="H220" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J220" s="1" t="s">
         <v>18</v>
       </c>
       <c r="K220" s="1" t="s">
         <v>671</v>
       </c>
       <c r="L220" s="2">
         <v>39234</v>
       </c>
       <c r="M220" s="2">
         <v>44697</v>
       </c>
-      <c r="N220" s="2" t="s">
+      <c r="N220" s="1" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="221" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A221">
         <v>34590496</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>664</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>665</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H221" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J221" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K221" s="1" t="s">
         <v>666</v>
       </c>
       <c r="L221" s="2">
         <v>26212</v>
       </c>
       <c r="M221" s="2">
         <v>28581</v>
       </c>
-      <c r="N221" s="2" t="s">
+      <c r="N221" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="222" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A222">
         <v>32493206</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>904</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>905</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>883</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>895</v>
       </c>
       <c r="H222" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>906</v>
       </c>
       <c r="J222" s="1" t="s">
         <v>886</v>
       </c>
       <c r="K222" s="1" t="s">
         <v>907</v>
       </c>
       <c r="L222" s="2">
         <v>15493</v>
       </c>
       <c r="M222" s="2">
         <v>15493</v>
       </c>
-      <c r="N222" s="2" t="s">
+      <c r="N222" s="1" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="223" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A223">
         <v>35495383</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>332</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>326</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>327</v>
       </c>
       <c r="H223" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>333</v>
       </c>
       <c r="J223" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K223" s="1" t="s">
         <v>334</v>
       </c>
       <c r="L223" s="2">
         <v>28976</v>
       </c>
       <c r="M223" s="2">
         <v>29891</v>
       </c>
-      <c r="N223" s="2" t="s">
+      <c r="N223" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="224" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A224">
         <v>36404364</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>170</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>171</v>
       </c>
       <c r="H224" s="1" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J224" s="1" t="s">
         <v>109</v>
       </c>
       <c r="K224" s="1" t="s">
         <v>172</v>
       </c>
       <c r="L224" s="2">
         <v>15189</v>
       </c>
       <c r="M224" s="2">
         <v>16041</v>
       </c>
-      <c r="N224" s="2" t="s">
+      <c r="N224" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="225" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A225">
         <v>34590646</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>627</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>628</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H225" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I225" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J225" s="1" t="s">
         <v>631</v>
       </c>
       <c r="K225" s="1" t="s">
         <v>632</v>
       </c>
       <c r="L225" s="2">
         <v>19008</v>
       </c>
       <c r="M225" s="2">
         <v>20302</v>
       </c>
-      <c r="N225" s="2" t="s">
+      <c r="N225" s="1" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="226" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A226">
         <v>36585846</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>151</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>152</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H226" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>153</v>
       </c>
       <c r="J226" s="1" t="s">
         <v>109</v>
       </c>
       <c r="K226" s="1" t="s">
         <v>154</v>
       </c>
       <c r="L226" s="2">
         <v>16407</v>
       </c>
       <c r="M226" s="2">
         <v>16738</v>
       </c>
-      <c r="N226" s="2" t="s">
+      <c r="N226" s="1" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="227" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A227">
         <v>32717311</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>821</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>822</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>823</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>824</v>
       </c>
       <c r="H227" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J227" s="1" t="s">
         <v>825</v>
       </c>
       <c r="K227" s="1" t="s">
         <v>826</v>
       </c>
       <c r="L227" s="2">
         <v>31352</v>
       </c>
       <c r="M227" s="2">
         <v>34274</v>
       </c>
-      <c r="N227" s="2" t="s">
+      <c r="N227" s="1" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="228" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A228">
         <v>34269989</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>711</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>712</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>713</v>
       </c>
       <c r="H228" s="1" t="s">
         <v>714</v>
       </c>
       <c r="I228" s="1" t="s">
         <v>715</v>
       </c>
       <c r="J228" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K228" s="1" t="s">
         <v>716</v>
       </c>
       <c r="L228" s="2">
         <v>36217</v>
       </c>
       <c r="M228" s="2">
         <v>41183</v>
       </c>
-      <c r="N228" s="2" t="s">
+      <c r="N228" s="1" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="229" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A229">
         <v>32393190</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>713</v>
       </c>
       <c r="H229" s="1" t="s">
         <v>554</v>
       </c>
       <c r="I229" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="J229" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K229" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="L229" s="2">
         <v>39507</v>
       </c>
       <c r="M229" s="2">
         <v>40613</v>
       </c>
-      <c r="N229" s="2" t="s">
+      <c r="N229" s="1" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="230" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A230">
         <v>31009119</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>730</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="H230" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I230" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J230" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="K230" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="L230" s="2">
         <v>14266</v>
       </c>
       <c r="M230" s="2">
         <v>14580</v>
       </c>
-      <c r="N230" s="2" t="s">
+      <c r="N230" s="1" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="231" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A231">
         <v>34319028</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>690</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E231" s="1" t="s">
         <v>691</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>676</v>
       </c>
       <c r="H231" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I231" s="1" t="s">
         <v>692</v>
       </c>
       <c r="J231" s="1" t="s">
         <v>677</v>
       </c>
       <c r="K231" s="1" t="s">
         <v>693</v>
       </c>
       <c r="L231" s="2">
         <v>25355</v>
       </c>
       <c r="M231" s="2">
         <v>25965</v>
       </c>
-      <c r="N231" s="2" t="s">
+      <c r="N231" s="1" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="232" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A232">
         <v>29237592</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>1329</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>629</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H232" s="1" t="s">
         <v>575</v>
       </c>
       <c r="I232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J232" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="K232" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="L232" s="2">
         <v>29919</v>
       </c>
       <c r="M232" s="2">
         <v>30424</v>
       </c>
-      <c r="N232" s="2" t="s">
+      <c r="N232" s="1" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="233" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A233">
         <v>35205377</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>383</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H233" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J233" s="1" t="s">
         <v>177</v>
       </c>
       <c r="K233" s="1" t="s">
         <v>385</v>
       </c>
       <c r="L233" s="2">
         <v>21916</v>
       </c>
       <c r="M233" s="2">
         <v>26165</v>
       </c>
-      <c r="N233" s="2" t="s">
+      <c r="N233" s="1" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="234" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A234">
         <v>34015011</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>767</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>768</v>
       </c>
       <c r="H234" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I234" s="1" t="s">
         <v>769</v>
       </c>
       <c r="J234" s="1" t="s">
         <v>321</v>
       </c>
       <c r="K234" s="1" t="s">
         <v>770</v>
       </c>
       <c r="L234" s="2">
         <v>21965</v>
       </c>
       <c r="M234" s="2">
         <v>22035</v>
       </c>
-      <c r="N234" s="2" t="s">
+      <c r="N234" s="1" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="235" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A235">
         <v>32072200</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E235" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="H235" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I235" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="J235" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="K235" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="L235" s="2">
         <v>25241</v>
       </c>
       <c r="M235" s="2">
         <v>29738</v>
       </c>
-      <c r="N235" s="2" t="s">
+      <c r="N235" s="1" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="236" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A236">
         <v>29237587</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="H236" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J236" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="K236" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="L236" s="2">
         <v>26975</v>
       </c>
       <c r="M236" s="2">
         <v>27114</v>
       </c>
-      <c r="N236" s="2" t="s">
+      <c r="N236" s="1" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="237" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A237">
         <v>32397492</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>951</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E237" s="1" t="s">
         <v>952</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>953</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>954</v>
       </c>
       <c r="H237" s="1" t="s">
         <v>37</v>
       </c>
       <c r="I237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J237" s="1" t="s">
         <v>955</v>
       </c>
       <c r="K237" s="1" t="s">
         <v>956</v>
       </c>
       <c r="L237" s="2">
         <v>23387</v>
       </c>
       <c r="M237" s="2">
         <v>29056</v>
       </c>
-      <c r="N237" s="2" t="s">
+      <c r="N237" s="1" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="238" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A238">
         <v>35012369</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>488</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>489</v>
       </c>
       <c r="H238" s="1" t="s">
         <v>490</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J238" s="1" t="s">
         <v>423</v>
       </c>
       <c r="K238" s="1" t="s">
         <v>491</v>
       </c>
       <c r="L238" s="2">
         <v>27851</v>
       </c>
       <c r="M238" s="2">
         <v>34516</v>
       </c>
-      <c r="N238" s="2" t="s">
+      <c r="N238" s="1" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="239" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A239">
         <v>30002476</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E239" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="H239" s="1" t="s">
         <v>53</v>
       </c>
       <c r="I239" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J239" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="K239" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="L239" s="2">
         <v>6089</v>
       </c>
       <c r="M239" s="2">
         <v>7031</v>
       </c>
-      <c r="N239" s="2" t="s">
+      <c r="N239" s="1" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="240" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A240">
         <v>30002475</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E240" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="H240" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I240" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J240" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="K240" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="L240" s="2">
         <v>32203</v>
       </c>
       <c r="M240" s="2">
         <v>32295</v>
       </c>
-      <c r="N240" s="2" t="s">
+      <c r="N240" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M w E A A B Q S w M E F A A C A A g A R 1 w l X B 3 y + A m k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 g i k l I W b i U x I R q 3 T a 3 Q C B + G F s v d X H g k r y B G U X c u 5 8 1 b z N y v N 5 4 N T R 1 c d G d N C y l i m K J A g 2 o P B s o U 9 e 4 Y x i g T f C P V S Z Y 6 G G W w y W A P K a q c O y e E e O + x n + G 2 K 0 l E K S P 7 f F 2 o S j c S f W T z X w 4 N W C d B a S T 4 7 j V G R J j N l 5 g t Y k w 5 m S D P D X y F a N z 7 b H 8 g X / W 1 6 z s t N I T b g p M p c v L + I B 5 Q S w M E F A A C A A g A R 1 w l X A / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A E d c J V z 3 z n a I x g E A A H 8 D A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A C F k l F v m z A Q x 9 8 j 5 T t Y 9 I V I F M G a Q L K K h w 1 S L V O U Z k C f Q h 9 c u C a W j N 3 Z J m 0 U 9 b v P H l R t B 9 J 4 s X 3 / n + 5 / d 5 y E U h H O U N a e / v V 4 N B 7 J A x Z Q o Q t L E U X h k h K p L g N v 4 f k W i h A F N R 4 h / W W 8 E S X o S C y P b s L L p g a m 7 B t C w Y 0 5 U / o h b S v + W t x J E L K o e c k Z 4 6 J I + D O j H F e y U P V T 8 a + D W 8 q j N X F 2 C V B S E w U i s h z L Q T G n T c 1 k 5 E 8 d t G Q l r w j b R 8 H M 8 3 w H / W q 4 g k y d K E T v V 3 f D G d x P n L b U C 2 s r e K 2 1 C v 0 A X O l 6 T C c 5 f t B g p 3 R x u + 3 K Q b s u / o 3 S r M Q U C x k p 0 X x M G R 8 w 2 + u M + e k J 3 t P l A j P 5 y E X d l m x E a Q / 4 O + e z l Y O o 0 S r R / a 2 Y C q a u g V 8 d d L Y 2 u I a d 7 0 + D 6 S y 8 1 7 L S A l L w o v 6 q K c h 2 9 I Z v s c D r Y 6 s s 2 x g 1 n I X z v n o b r + N O X f T V L c U 6 P 3 9 E 2 + a B k h K b 3 W j p + Z c B 2 k D y A K J D / D 5 y I + B 3 A 6 w 8 G W Q R z g c q S o G + + Y T B V X D V J 7 q N 0 7 M 8 k k r P 8 v u p M x x g f 2 b 5 b Y r u 0 n V P W W J B C U i F l i + 4 V C j B C t 6 Y S t 8 V q d u f s N a P / 1 M x P 4 L A e 0 C 2 Q V B q d m L y y f N 1 M h 4 R N r g 1 1 3 8 A U E s B A i 0 A F A A C A A g A R 1 w l X B 3 y + A m k A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A E d c J V w P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P A A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A R 1 w l X P f O d o j G A Q A A f w M A A B M A A A A A A A A A A A A A A A A A 4 Q E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A 9 A M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + t x I A A A A A A A C V E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n N h Y T V m M D R m N i 1 m M j N l L T Q x N G M t O T V m N S 0 0 N j E 5 Y z A x Y z U 3 Y j c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d G l 0 b G V f b G l z d F 8 2 M D k w M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w y N D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Y t M D E t M D V U M T Y 6 M z Q 6 M T Q u O T M w M z U z N 1 o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 1 l H Q m d Z R 0 J n W U d C Z 1 l I Q n d Z P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t U Z X J t I E l E J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 h b W V b M T E 0 N j Q 1 N 1 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V z b 3 V y Y 2 U g V H l w Z V s x M T Q 2 N D Y w X S Z x d W 9 0 O y w m c X V v d D t J U 1 N O W z E x N D c 1 N z h d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 D T E N b M T E 0 N z U 3 O V 0 m c X V v d D s s J n F 1 b 3 Q 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M T E 0 N z U 4 M l 0 m c X V v d D s s J n F 1 b 3 Q 7 U H V i b G l z a G V y W z E x N D c 1 O D F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 Z y Z X F 1 Z W 5 j e V s x M T Q 5 N z g 4 X S Z x d W 9 0 O y w m c X V v d D t S Z W x h d G l v b l s x M T c 2 M z Y z X S Z x d W 9 0 O y w m c X V v d D t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M T E 0 N z U 4 M 1 0 m c X V v d D s s J n F 1 b 3 Q 7 S l N U T 1 I g V V J M J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M T E 0 N j Q 1 N 1 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z E x N D Y 0 N j B d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s x M T Q 3 N T c 4 X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M T E 0 N z U 3 O V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s x M T Q 3 N T g y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s x M T Q 3 N T g x X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s x M T Q 5 N z g 4 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z E x N z Y z N j N d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z E x N D c 1 O D N d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s x M T Q 2 N D U 3 X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M T E 0 N j Q 2 M F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z E x N D c 1 N z h d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s x M T Q 3 N T c 5 X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z E x N D c 1 O D J d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z E x N D c 1 O D F d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z E x N D k 3 O D h d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M T E 3 N j M 2 M 1 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M T E 0 N z U 4 M 1 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v U H J v b W 9 0 Z W Q l M j B I Z W F k Z X J z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 D a G F u Z 2 V k J T I w V H l w Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D A e m V m m X L z Q 6 8 J A 7 r L G I z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A B Q g c R X S w M o u B F p Q F b T 3 H E X h l q a n J X 8 W X 0 S l r G K Z N f 6 6 A A A A A A 6 A A A A A A g A A I A A A A M 3 X y I + l l 0 g Q F n r O g C w Z K h r 8 7 H 5 n k d w + n 2 l 5 p j X h i T L 7 U A A A A D N m U r Y N o w e U g q r z B J y E v L D d H r K G q 3 y C 1 4 6 u U B 8 x C P G + 6 2 s N E i a 0 P 1 F b Z f U L Q o Z j r V f u z 4 M T j E 3 J / t P X B m T 8 5 j 0 p w z 2 l L j T 3 H o Z 4 W E v / 6 5 7 m Q A A A A D J 0 + B F s l z 6 9 X C l K G Q z j A N 1 Y g 7 e / A N R i 7 1 s R e t 8 a k J d r 2 l W p g f J y x 6 d L U o y Z L i p z E C 1 K A / 8 9 h M j d m A c B 7 4 I a / / o = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M 0 E A A B Q S w M E F A A C A A g A 5 V F D X E g Z o F 6 l A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P x A S Q 0 p Z u J X E h G j c N q V C I 3 w Y W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 n g + d W 1 w 0 Y M 1 P W S I Y Y o C D a q v D N Q Z G t 0 x X K F c 8 K 1 U J 1 n r Y J b B p p O t M t Q 4 d 0 4 J 8 d 5 j H + N + q E l E K S O H Y l O q R n c S f W T z X w 4 N W C d B a S T 4 / j V G R J g l F D O a x J h y s l B e G P g a 0 T z 4 2 f 5 A v h 5 b N w 5 a a A h 3 J S d L 5 O R 9 Q j w A U E s D B B Q A A g A I A O V R Q 1 w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A D l U U N c 9 8 5 2 i M Y B A A B / A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Z J R b 5 s w E M f f I + U 7 W P S F S B T B m k C y i o c N U i 1 T l G Z A n 0 I f X L g m l o z d 2 S Z t F P W 7 z x 5 U b Q f S e L F 9 / 5 / u f 3 e c h F I R z l D W n v 7 1 e D Q e y Q M W U K E L S x F F 4 Z I S q S 4 D b + H 5 F o o Q B T U e I f 1 l v B E l 6 E g s j 2 7 C y 6 Y G p u w b Q s G N O V P 6 I W 0 r / l r c S R C y q H n J G e O i S P g z o x x X s l D 1 U / G v g 1 v K o z V x d g l Q U h M F I r I c y 0 E x p 0 3 N Z O R P H b R k J a 8 I 2 0 f B z P N 8 B / 1 q u I J M n S h E 7 1 d 3 w x n c T 5 y 2 1 A t r K 3 i t t Q r 9 A F z p e k w n O X 7 Q Y K d 0 c b v t y k G 7 L v 6 N 0 q z E F A s Z K d F 8 T B k f M N v r j P n p C d 7 T 5 Q I z + c h F 3 Z Z s R G k P + D v n s 5 W D q N E q 0 f 2 t m A q m r o F f H X S 2 N r i G n e 9 P g + k s v N e y 0 g J S 8 K L + q i n I d v S G b 7 H A 6 2 O r L N s Y N Z y F 8 7 5 6 G 6 / j T l 3 0 1 S 3 F O j 9 / R N v m g Z I S m 9 1 o 6 f m X A d p A 8 g C i Q / w + c i P g d w O s P B l k E c 4 H K k q B v v m E w V V w 1 S e 6 j d O z P J J K z / L 7 q T M c Y H 9 m + W 2 K 7 t J 1 T 1 l i Q Q l I h Z Y v u F Q o w Q r e m E r f F a n b n 7 D W j / 9 T M T + C w H t A t k F Q a n Z i 8 s n z d T I e E T a 4 N d d / A F B L A Q I t A B Q A A g A I A O V R Q 1 x I G a B e p Q A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D l U U N c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D x A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O V R Q 1 z 3 z n a I x g E A A H 8 D A A A T A A A A A A A A A A A A A A A A A O I B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A P U D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P r c S A A A A A A A A l R I A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z N D M 2 O D A 1 M j g t Z j Y 1 O C 0 0 Y 2 I 1 L T l i M D c t M T M w Y T k z Z m F h Y m Y 3 I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 3 R p d G x l X 2 x p c 3 R f N j A 5 M D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M j Q w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 2 L T A y L T A z V D E 1 O j E 1 O j E x L j Y y M D U 4 M j R a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q X d Z R 0 J n W U d C Z 1 l H Q m d Z S E J 3 W T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 V G V y b S B J R C Z x d W 9 0 O y w m c X V v d D t O Y W 1 l W z E x N D Y 0 N T d d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l c 2 9 1 c m N l I F R 5 c G V b M T E 0 N j Q 2 M F 0 m c X V v d D s s J n F 1 b 3 Q 7 S V N T T l s x M T Q 3 N T c 4 X S Z x d W 9 0 O y w m c X V v d D t P Q 0 x D W z E x N D c 1 N z l d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z E x N D c 1 O D J d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B 1 Y m x p c 2 h l c l s x M T Q 3 N T g x X S Z x d W 9 0 O y w m c X V v d D t G c m V x d W V u Y 3 l b M T E 0 O T c 4 O F 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 b M T E 3 N j M 2 M 1 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z E x N D c 1 O D N d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 p T V E 9 S I F V S T C Z x d W 9 0 O y w m c X V v d D t F Y X J s a W V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 x h d G V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z E x N D Y 0 N T d d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s x M T Q 2 N D Y w X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M T E 0 N z U 3 O F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z E x N D c 1 N z l d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M T E 0 N z U 4 M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M T E 0 N z U 4 M V 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M T E 0 O T c 4 O F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s x M T c 2 M z Y z X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s x M T Q 3 N T g z X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M T E 0 N j Q 1 N 1 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z E x N D Y 0 N j B d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s x M T Q 3 N T c 4 X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M T E 0 N z U 3 O V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s x M T Q 3 N T g y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s x M T Q 3 N T g x X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s x M T Q 5 N z g 4 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z E x N z Y z N j N d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z E x N D c 1 O D N d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q 2 h h b m d l Z C U y M F R 5 c G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A w H p l Z p l y 8 0 O v C Q O 6 y x i M 5 w A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A B Y r E i a o F u 8 2 f c w U g p A v B + Q a G M W H Y n y G a P f 2 t P 1 y J p A x A A A A A A O g A A A A A I A A C A A A A D K l n / M u k p a o M a c n a j H e f H j J X j L 6 E a g H M t 9 H 7 t c j X j F s F A A A A C 3 X t X Z M 8 F w O N s s m B z o Y t a G e j N G v 3 6 X D 1 V 4 x o p M 6 u 6 Y R m z B W V X N I P P j / x M p H p V a M Y D 6 b n F E h A S G A 1 K 1 k 0 8 1 1 / 0 D P C v X u H F r N a M T T n s Y g U H U H E A A A A C u P s 4 V i y a C 5 t n U V o N r Z r Z Z 4 T I y S Q v r G 6 o W L u h K k O d g 4 b C 1 6 u P W p S 6 / y r n e N D k 7 d H k L 2 q T 4 7 h e r z P C x 4 k T l d 9 W z < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD130743-C450-4C8F-8C91-6B7B281A5014}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA983DD6-5BD9-403A-AAF8-37C2B45DE0DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-60901</vt:lpstr>
     </vt:vector>