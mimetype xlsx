--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -8,83 +8,83 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{09195192-B76C-4827-955F-C66B9BF87351}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5F1F001C-F042-4687-A873-09D617E84F0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{D6698A55-AE37-4AF6-B117-2A6353FB699F}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{95131955-8DFA-427A-8064-4512A1CBBF62}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-60901" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-60901'!$A$1:$N$240</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{FD996144-96CB-40C7-85F4-1A789A81D1D0}" keepAlive="1" name="Query - title-list-60901" description="Connection to the 'title-list-60901' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{899C672C-E798-49BA-8476-9CCBC70D3BCC}" keepAlive="1" name="Query - title-list-60901" description="Connection to the 'title-list-60901' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-60901;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-60901]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2643" uniqueCount="1335">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[1146457]</t>
   </si>
   <si>
     <t>Resource Type[1146460]</t>
   </si>
   <si>
     <t>ISSN[1147578]</t>
   </si>
   <si>
     <t>OCLC[1147579]</t>
   </si>
   <si>
     <t>Place of Publication[1147582]</t>
   </si>
@@ -4156,97 +4156,97 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{7612833A-302F-43B1-A0AC-BFC680F179F7}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{53551217-D3EA-4792-8231-07AEE9F5EC41}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="15">
     <queryTableFields count="14">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[1146457]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[1146460]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[1147578]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[1147579]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[1147582]" tableColumnId="6"/>
       <queryTableField id="7" name="Publisher[1147581]" tableColumnId="7"/>
       <queryTableField id="8" name="Frequency[1149788]" tableColumnId="8"/>
       <queryTableField id="9" name="Relation[1176363]" tableColumnId="9"/>
       <queryTableField id="10" name="Source Provided By[1147583]" tableColumnId="10"/>
       <queryTableField id="11" name="JSTOR URL" tableColumnId="11"/>
       <queryTableField id="12" name="Earliest Exact Date" tableColumnId="12"/>
       <queryTableField id="13" name="Latest Exact Date" tableColumnId="13"/>
       <queryTableField id="14" name="Coverage (Date Range)" tableColumnId="14"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{48AE1CD4-D189-45AF-87F9-2FF156AB5BFC}" name="title_list_60901" displayName="title_list_60901" ref="A1:N240" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:N240" xr:uid="{48AE1CD4-D189-45AF-87F9-2FF156AB5BFC}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{0685DA31-4153-4DCC-A08A-37E5B8F24618}" name="title_list_60901" displayName="title_list_60901" ref="A1:N240" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:N240" xr:uid="{0685DA31-4153-4DCC-A08A-37E5B8F24618}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N240">
     <sortCondition ref="B1:B240"/>
   </sortState>
   <tableColumns count="14">
-    <tableColumn id="1" xr3:uid="{9C8C205B-F792-4EB0-B21C-53EB4BD191E7}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...12 lines deleted...]
-    <tableColumn id="14" xr3:uid="{28BCB3D9-B7D7-4753-B7A0-A7F2B6A5D508}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{36B8AC33-C80B-4DB4-BCC7-FACEFEF9CF59}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{CB650AD5-024A-49D8-8F19-AD89DDCD265F}" uniqueName="2" name="Name[1146457]" queryTableFieldId="2" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{57E28CC5-D36B-4736-9D64-F625AF435068}" uniqueName="3" name="Resource Type[1146460]" queryTableFieldId="3" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{BE9ABAD1-33D5-40D3-9FD0-FA1CA66A9479}" uniqueName="4" name="ISSN[1147578]" queryTableFieldId="4" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{8C57594F-2663-48B4-BE5B-30F0CA409037}" uniqueName="5" name="OCLC[1147579]" queryTableFieldId="5" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{298C398F-863C-4BFC-8A6F-5F62424075B9}" uniqueName="6" name="Place of Publication[1147582]" queryTableFieldId="6" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{6D7086E4-842D-488E-AD8F-FE29D4DB2389}" uniqueName="7" name="Publisher[1147581]" queryTableFieldId="7" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{333ACB0F-2269-499C-955D-83B6FBBCE6AB}" uniqueName="8" name="Frequency[1149788]" queryTableFieldId="8" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{1EE7740B-2409-4FF8-92CC-A0B8A4CEC65B}" uniqueName="9" name="Relation[1176363]" queryTableFieldId="9" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{DD5E2147-EDC1-4DC2-9D58-A24DA5D1B2FE}" uniqueName="10" name="Source Provided By[1147583]" queryTableFieldId="10" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{C1DEDF1C-A760-4BCE-BFF3-3F05DDC7EAA4}" uniqueName="11" name="JSTOR URL" queryTableFieldId="11" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{4D2EE443-AC17-4580-BA18-5B8495460E7A}" uniqueName="12" name="Earliest Exact Date" queryTableFieldId="12" dataDxfId="1"/>
+    <tableColumn id="13" xr3:uid="{9EC7C0AF-E311-4F61-AEE1-E860DDEC96D1}" uniqueName="13" name="Latest Exact Date" queryTableFieldId="13" dataDxfId="0"/>
+    <tableColumn id="14" xr3:uid="{FD43A3F3-2B83-49FD-A3CF-CCC4C470F421}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -4528,51 +4528,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5FCBEE7-9B4D-465E-B60D-E08B73A84262}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16A0755A-70A8-428F-A185-3D830DE02B7F}">
   <dimension ref="A1:N240"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="53" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="26.36328125" bestFit="1" customWidth="1"/>
     <col min="9" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="22.08984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -15115,55 +15115,55 @@
       <c r="K240" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="L240" s="2">
         <v>32203</v>
       </c>
       <c r="M240" s="2">
         <v>32295</v>
       </c>
       <c r="N240" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M 0 E A A B Q S w M E F A A C A A g A 5 V F D X E g Z o F 6 l A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P x A S Q 0 p Z u J X E h G j c N q V C I 3 w Y W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 n g + d W 1 w 0 Y M 1 P W S I Y Y o C D a q v D N Q Z G t 0 x X K F c 8 K 1 U J 1 n r Y J b B p p O t M t Q 4 d 0 4 J 8 d 5 j H + N + q E l E K S O H Y l O q R n c S f W T z X w 4 N W C d B a S T 4 / j V G R J g l F D O a x J h y s l B e G P g a 0 T z 4 2 f 5 A v h 5 b N w 5 a a A h 3 J S d L 5 O R 9 Q j w A U E s D B B Q A A g A I A O V R Q 1 w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A D l U U N c 9 8 5 2 i M Y B A A B / A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Z J R b 5 s w E M f f I + U 7 W P S F S B T B m k C y i o c N U i 1 T l G Z A n 0 I f X L g m l o z d 2 S Z t F P W 7 z x 5 U b Q f S e L F 9 / 5 / u f 3 e c h F I R z l D W n v 7 1 e D Q e y Q M W U K E L S x F F 4 Z I S q S 4 D b + H 5 F o o Q B T U e I f 1 l v B E l 6 E g s j 2 7 C y 6 Y G p u w b Q s G N O V P 6 I W 0 r / l r c S R C y q H n J G e O i S P g z o x x X s l D 1 U / G v g 1 v K o z V x d g l Q U h M F I r I c y 0 E x p 0 3 N Z O R P H b R k J a 8 I 2 0 f B z P N 8 B / 1 q u I J M n S h E 7 1 d 3 w x n c T 5 y 2 1 A t r K 3 i t t Q r 9 A F z p e k w n O X 7 Q Y K d 0 c b v t y k G 7 L v 6 N 0 q z E F A s Z K d F 8 T B k f M N v r j P n p C d 7 T 5 Q I z + c h F 3 Z Z s R G k P + D v n s 5 W D q N E q 0 f 2 t m A q m r o F f H X S 2 N r i G n e 9 P g + k s v N e y 0 g J S 8 K L + q i n I d v S G b 7 H A 6 2 O r L N s Y N Z y F 8 7 5 6 G 6 / j T l 3 0 1 S 3 F O j 9 / R N v m g Z I S m 9 1 o 6 f m X A d p A 8 g C i Q / w + c i P g d w O s P B l k E c 4 H K k q B v v m E w V V w 1 S e 6 j d O z P J J K z / L 7 q T M c Y H 9 m + W 2 K 7 t J 1 T 1 l i Q Q l I h Z Y v u F Q o w Q r e m E r f F a n b n 7 D W j / 9 T M T + C w H t A t k F Q a n Z i 8 s n z d T I e E T a 4 N d d / A F B L A Q I t A B Q A A g A I A O V R Q 1 x I G a B e p Q A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D l U U N c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D x A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O V R Q 1 z 3 z n a I x g E A A H 8 D A A A T A A A A A A A A A A A A A A A A A O I B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A P U D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P r c S A A A A A A A A l R I A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z N D M 2 O D A 1 M j g t Z j Y 1 O C 0 0 Y 2 I 1 L T l i M D c t M T M w Y T k z Z m F h Y m Y 3 I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 3 R p d G x l X 2 x p c 3 R f N j A 5 M D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M j Q w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 2 L T A y L T A z V D E 1 O j E 1 O j E x L j Y y M D U 4 M j R a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q X d Z R 0 J n W U d C Z 1 l H Q m d Z S E J 3 W T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 V G V y b S B J R C Z x d W 9 0 O y w m c X V v d D t O Y W 1 l W z E x N D Y 0 N T d d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l c 2 9 1 c m N l I F R 5 c G V b M T E 0 N j Q 2 M F 0 m c X V v d D s s J n F 1 b 3 Q 7 S V N T T l s x M T Q 3 N T c 4 X S Z x d W 9 0 O y w m c X V v d D t P Q 0 x D W z E x N D c 1 N z l d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z E x N D c 1 O D J d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B 1 Y m x p c 2 h l c l s x M T Q 3 N T g x X S Z x d W 9 0 O y w m c X V v d D t G c m V x d W V u Y 3 l b M T E 0 O T c 4 O F 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 b M T E 3 N j M 2 M 1 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z E x N D c 1 O D N d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 p T V E 9 S I F V S T C Z x d W 9 0 O y w m c X V v d D t F Y X J s a W V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 x h d G V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z E x N D Y 0 N T d d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s x M T Q 2 N D Y w X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M T E 0 N z U 3 O F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z E x N D c 1 N z l d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M T E 0 N z U 4 M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M T E 0 N z U 4 M V 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M T E 0 O T c 4 O F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s x M T c 2 M z Y z X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s x M T Q 3 N T g z X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M T E 0 N j Q 1 N 1 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z E x N D Y 0 N j B d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s x M T Q 3 N T c 4 X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M T E 0 N z U 3 O V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s x M T Q 3 N T g y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s x M T Q 3 N T g x X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s x M T Q 5 N z g 4 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z E x N z Y z N j N d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z E x N D c 1 O D N d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q 2 h h b m d l Z C U y M F R 5 c G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A w H p l Z p l y 8 0 O v C Q O 6 y x i M 5 w A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A B Y r E i a o F u 8 2 f c w U g p A v B + Q a G M W H Y n y G a P f 2 t P 1 y J p A x A A A A A A O g A A A A A I A A C A A A A D K l n / M u k p a o M a c n a j H e f H j J X j L 6 E a g H M t 9 H 7 t c j X j F s F A A A A C 3 X t X Z M 8 F w O N s s m B z o Y t a G e j N G v 3 6 X D 1 V 4 x o p M 6 u 6 Y R m z B W V X N I P P j / x M p H p V a M Y D 6 b n F E h A S G A 1 K 1 k 0 8 1 1 / 0 D P C v X u H F r N a M T T n s Y g U H U H E A A A A C u P s 4 V i y a C 5 t n U V o N r Z r Z Z 4 T I y S Q v r G 6 o W L u h K k O d g 4 b C 1 6 u P W p S 6 / y r n e N D k 7 d H k L 2 q T 4 7 h e r z P C x 4 k T l d 9 W z < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M 0 E A A B Q S w M E F A A C A A g A e E x i X E g Z o F 6 l A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P x A S Q 0 p Z u J X E h G j c N q V C I 3 w Y W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 n g + d W 1 w 0 Y M 1 P W S I Y Y o C D a q v D N Q Z G t 0 x X K F c 8 K 1 U J 1 n r Y J b B p p O t M t Q 4 d 0 4 J 8 d 5 j H + N + q E l E K S O H Y l O q R n c S f W T z X w 4 N W C d B a S T 4 / j V G R J g l F D O a x J h y s l B e G P g a 0 T z 4 2 f 5 A v h 5 b N w 5 a a A h 3 J S d L 5 O R 9 Q j w A U E s D B B Q A A g A I A H h M Y l w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B 4 T G J c 9 8 5 2 i M Y B A A B / A w A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Z J R b 5 s w E M f f I + U 7 W P S F S B T B m k C y i o c N U i 1 T l G Z A n 0 I f X L g m l o z d 2 S Z t F P W 7 z x 5 U b Q f S e L F 9 / 5 / u f 3 e c h F I R z l D W n v 7 1 e D Q e y Q M W U K E L S x F F 4 Z I S q S 4 D b + H 5 F o o Q B T U e I f 1 l v B E l 6 E g s j 2 7 C y 6 Y G p u w b Q s G N O V P 6 I W 0 r / l r c S R C y q H n J G e O i S P g z o x x X s l D 1 U / G v g 1 v K o z V x d g l Q U h M F I r I c y 0 E x p 0 3 N Z O R P H b R k J a 8 I 2 0 f B z P N 8 B / 1 q u I J M n S h E 7 1 d 3 w x n c T 5 y 2 1 A t r K 3 i t t Q r 9 A F z p e k w n O X 7 Q Y K d 0 c b v t y k G 7 L v 6 N 0 q z E F A s Z K d F 8 T B k f M N v r j P n p C d 7 T 5 Q I z + c h F 3 Z Z s R G k P + D v n s 5 W D q N E q 0 f 2 t m A q m r o F f H X S 2 N r i G n e 9 P g + k s v N e y 0 g J S 8 K L + q i n I d v S G b 7 H A 6 2 O r L N s Y N Z y F 8 7 5 6 G 6 / j T l 3 0 1 S 3 F O j 9 / R N v m g Z I S m 9 1 o 6 f m X A d p A 8 g C i Q / w + c i P g d w O s P B l k E c 4 H K k q B v v m E w V V w 1 S e 6 j d O z P J J K z / L 7 q T M c Y H 9 m + W 2 K 7 t J 1 T 1 l i Q Q l I h Z Y v u F Q o w Q r e m E r f F a n b n 7 D W j / 9 T M T + C w H t A t k F Q a n Z i 8 s n z d T I e E T a 4 N d d / A F B L A Q I t A B Q A A g A I A H h M Y l x I G a B e p Q A A A P c A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B 4 T G J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D x A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A H h M Y l z 3 z n a I x g E A A H 8 D A A A T A A A A A A A A A A A A A A A A A O I B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A P U D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P r c S A A A A A A A A l R I A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z Z W I x N T I 4 N D k t Y z l m O S 0 0 N G I 4 L W F l N j E t N T M x Y z k 4 Z j I 2 O T Y 3 I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 3 R p d G x l X 2 x p c 3 R f N j A 5 M D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M j Q w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 2 L T A z L T A y V D E 0 O j M 1 O j Q 5 L j Q 5 M T Q z M D F a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q X d Z R 0 J n W U d C Z 1 l H Q m d Z S E J 3 W T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 V G V y b S B J R C Z x d W 9 0 O y w m c X V v d D t O Y W 1 l W z E x N D Y 0 N T d d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l c 2 9 1 c m N l I F R 5 c G V b M T E 0 N j Q 2 M F 0 m c X V v d D s s J n F 1 b 3 Q 7 S V N T T l s x M T Q 3 N T c 4 X S Z x d W 9 0 O y w m c X V v d D t P Q 0 x D W z E x N D c 1 N z l d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z E x N D c 1 O D J d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B 1 Y m x p c 2 h l c l s x M T Q 3 N T g x X S Z x d W 9 0 O y w m c X V v d D t G c m V x d W V u Y 3 l b M T E 0 O T c 4 O F 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 b M T E 3 N j M 2 M 1 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z E x N D c 1 O D N d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 p T V E 9 S I F V S T C Z x d W 9 0 O y w m c X V v d D t F Y X J s a W V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 x h d G V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z E x N D Y 0 N T d d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s x M T Q 2 N D Y w X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M T E 0 N z U 3 O F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z E x N D c 1 N z l d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M T E 0 N z U 4 M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M T E 0 N z U 4 M V 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M T E 0 O T c 4 O F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s x M T c 2 M z Y z X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s x M T Q 3 N T g z X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M T E 0 N j Q 1 N 1 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z E x N D Y 0 N j B d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s x M T Q 3 N T c 4 X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M T E 0 N z U 3 O V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s x M T Q 3 N T g y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s x M T Q 3 N T g x X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s x M T Q 5 N z g 4 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z E x N z Y z N j N d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z E x N D c 1 O D N d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q 2 h h b m d l Z C U y M F R 5 c G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A 4 C r t j S e 6 y U C m L F K 1 C l L W 3 w A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A B 8 r 8 5 w T + k p j J A Y p A 3 f T Z G R W N t b W J n q g k Z n Q E C j M D 6 e b Q A A A A A O g A A A A A I A A C A A A A B L l B o J Z z Y j v J w P M j s q M p z q Z 4 i 1 v 2 / d x 4 4 8 J j O + s I t 6 S l A A A A B + F Y y 2 a k 8 s U x H k 4 / j / s R r j o 9 e d 8 Y W s q 6 c y U / f e f J Y G 8 P L j s K l J g 8 W o Z v Q D d y m F V 4 2 9 / D p 4 3 l m U t l y s b H X o T W d 6 9 2 a 9 u B T F 6 7 M 9 9 3 O 8 k I y l N E A A A A B Y o 2 l X C n F V P O U u B W q B B I Z M 4 X k B P L + k Q A y y C j f y h p P d J u H n y 7 t A e + L F j C g d 0 5 U t U f q h Q 6 q g Q i o W f F o T + h b 7 K A i D < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA983DD6-5BD9-403A-AAF8-37C2B45DE0DD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7776DCFC-9A83-44E5-9BA4-18514827057F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-60901</vt:lpstr>
     </vt:vector>